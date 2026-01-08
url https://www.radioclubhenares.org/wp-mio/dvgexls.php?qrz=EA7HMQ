--- v0 (2025-10-22)
+++ v1 (2026-01-08)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7HMQ</t>
   </si>
   <si>
-    <t>139 Referencias DVGE - 141 QSO encontrados - 130 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3029 (22-10-2025 07:13)</t>
+    <t>140 Referencias DVGE - 142 QSO encontrados - 130 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3029 (08-01-2026 18:57)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EC5ALJ/P</t>
   </si>
@@ -1113,50 +1113,56 @@
     <t>VGV-005</t>
   </si>
   <si>
     <t>12/10/2018</t>
   </si>
   <si>
     <t>VGV-011</t>
   </si>
   <si>
     <t>EA5RKE</t>
   </si>
   <si>
     <t>VGV-041</t>
   </si>
   <si>
     <t>EA5S</t>
   </si>
   <si>
     <t>VGV-052</t>
   </si>
   <si>
     <t>15/01/2023</t>
   </si>
   <si>
     <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
   </si>
   <si>
     <t>VGV-077</t>
   </si>
   <si>
     <t>29/09/2023</t>
   </si>
   <si>
     <t>VGV-098</t>
   </si>
   <si>
     <t>29/12/2012</t>
   </si>
   <si>
     <t>VGV-100</t>
   </si>
   <si>
     <t>25/11/2022</t>
   </si>
   <si>
     <t>VGV-116</t>
   </si>
   <si>
     <t>04/05/2024</t>
   </si>
@@ -1708,51 +1714,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G147"/>
+  <dimension ref="A1:G148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -4626,445 +4632,468 @@
     <row r="129" spans="1:7">
       <c r="A129" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>367</v>
       </c>
       <c r="C129" s="5">
         <v>46111</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="5">
         <v>40</v>
       </c>
       <c r="F129" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G129" s="5" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="3" t="s">
-        <v>268</v>
+        <v>366</v>
       </c>
       <c r="B130" s="4" t="s">
         <v>369</v>
       </c>
       <c r="C130" s="5">
-        <v>46118</v>
+        <v>46111</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="5">
         <v>40</v>
       </c>
       <c r="F130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G130" s="5" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="3" t="s">
-        <v>17</v>
+        <v>268</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>371</v>
       </c>
       <c r="C131" s="5">
-        <v>46128</v>
+        <v>46118</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="5">
         <v>40</v>
       </c>
       <c r="F131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G131" s="5" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="3" t="s">
-        <v>363</v>
+        <v>17</v>
       </c>
       <c r="B132" s="4" t="s">
         <v>373</v>
       </c>
       <c r="C132" s="5">
-        <v>46147</v>
+        <v>46128</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="5">
         <v>40</v>
       </c>
       <c r="F132" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G132" s="5" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="B133" s="4" t="s">
         <v>375</v>
       </c>
-      <c r="B133" s="4" t="s">
+      <c r="C133" s="5">
+        <v>46147</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="5">
+        <v>40</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G133" s="5" t="s">
         <v>376</v>
-      </c>
-[...13 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B134" s="4" t="s">
         <v>378</v>
       </c>
-      <c r="B134" s="4" t="s">
+      <c r="C134" s="5">
+        <v>46172</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="5">
+        <v>40</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G134" s="5" t="s">
         <v>379</v>
-      </c>
-[...13 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="3" t="s">
-        <v>67</v>
+        <v>380</v>
       </c>
       <c r="B135" s="4" t="s">
         <v>381</v>
       </c>
       <c r="C135" s="5">
-        <v>46213</v>
+        <v>46194</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="5">
         <v>40</v>
       </c>
       <c r="F135" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G135" s="5" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B136" s="4" t="s">
         <v>383</v>
       </c>
-      <c r="B136" s="4" t="s">
+      <c r="C136" s="5">
+        <v>46213</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="5">
+        <v>40</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G136" s="5" t="s">
         <v>384</v>
-      </c>
-[...13 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B137" s="4" t="s">
         <v>386</v>
       </c>
-      <c r="B137" s="4" t="s">
+      <c r="C137" s="5">
+        <v>46225</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="5">
+        <v>40</v>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" s="5" t="s">
         <v>387</v>
-      </c>
-[...13 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B138" s="4" t="s">
         <v>389</v>
       </c>
-      <c r="B138" s="4" t="s">
+      <c r="C138" s="5">
+        <v>46232</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="5">
+        <v>40</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G138" s="5" t="s">
         <v>390</v>
-      </c>
-[...13 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="3" t="s">
-        <v>127</v>
+        <v>391</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>392</v>
       </c>
-      <c r="C139" s="5" t="s">
+      <c r="C139" s="5">
+        <v>47039</v>
+      </c>
+      <c r="D139" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="5">
+        <v>40</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G139" s="5" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B140" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="C140" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="B140" s="4" t="s">
+      <c r="D140" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="5">
+        <v>40</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G140" s="5" t="s">
         <v>396</v>
-      </c>
-[...13 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="B141" s="4" t="s">
         <v>398</v>
       </c>
-      <c r="B141" s="4" t="s">
+      <c r="C141" s="5" t="s">
         <v>399</v>
       </c>
-      <c r="C141" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="5">
         <v>40</v>
       </c>
       <c r="F141" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G141" s="5" t="s">
-        <v>400</v>
+        <v>207</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="B142" s="4" t="s">
         <v>401</v>
       </c>
-      <c r="B142" s="4" t="s">
+      <c r="C142" s="5">
+        <v>50208</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="5">
+        <v>40</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G142" s="5" t="s">
         <v>402</v>
-      </c>
-[...13 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B143" s="4" t="s">
         <v>404</v>
       </c>
-      <c r="B143" s="4" t="s">
+      <c r="C143" s="5">
+        <v>50298</v>
+      </c>
+      <c r="D143" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="E143" s="5">
+        <v>40</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G143" s="5" t="s">
         <v>405</v>
-      </c>
-[...13 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="3" t="s">
-        <v>136</v>
+        <v>406</v>
       </c>
       <c r="B144" s="4" t="s">
         <v>407</v>
       </c>
       <c r="C144" s="5">
-        <v>49055</v>
+        <v>49020</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="5">
         <v>40</v>
       </c>
       <c r="F144" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G144" s="5" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="3" t="s">
-        <v>216</v>
+        <v>136</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>409</v>
       </c>
       <c r="C145" s="5">
-        <v>49067</v>
+        <v>49055</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="5">
         <v>40</v>
       </c>
       <c r="F145" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G145" s="5" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B146" s="4" t="s">
         <v>411</v>
       </c>
       <c r="C146" s="5">
-        <v>49181</v>
+        <v>49067</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="5">
         <v>40</v>
       </c>
       <c r="F146" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G146" s="5" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="147" spans="1:7">
-      <c r="A147" s="2"/>
-[...3 lines deleted...]
-      <c r="G147" s="1"/>
+      <c r="A147" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B147" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="C147" s="5">
+        <v>49181</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="5">
+        <v>40</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G147" s="5" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7">
+      <c r="A148" s="2"/>
+      <c r="C148" s="1"/>
+      <c r="E148" s="1"/>
+      <c r="F148" s="1"/>
+      <c r="G148" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">