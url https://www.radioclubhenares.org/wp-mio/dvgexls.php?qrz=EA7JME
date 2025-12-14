--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7JME</t>
   </si>
   <si>
-    <t>105 Referencias DVGE - 120 QSO encontrados - 91 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #7080 (14-10-2025 21:06)</t>
+    <t>113 Referencias DVGE - 128 QSO encontrados - 99 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #7080 (14-12-2025 11:16)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -209,89 +209,110 @@
   <si>
     <t>13/02/2025</t>
   </si>
   <si>
     <t>VGAV-129</t>
   </si>
   <si>
     <t>05173</t>
   </si>
   <si>
     <t>21/09/2025</t>
   </si>
   <si>
     <t>EC2AG</t>
   </si>
   <si>
     <t>VGB-117</t>
   </si>
   <si>
     <t>08155</t>
   </si>
   <si>
     <t>08/11/2024</t>
   </si>
   <si>
+    <t>EA3URM</t>
+  </si>
+  <si>
+    <t>VGB-118</t>
+  </si>
+  <si>
+    <t>08157</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
     <t>EA2AQM</t>
   </si>
   <si>
     <t>VGBI-001</t>
   </si>
   <si>
     <t>03/09/2025</t>
   </si>
   <si>
     <t>VGBI-002</t>
   </si>
   <si>
     <t>06/04/2025</t>
   </si>
   <si>
     <t>VGBI-042</t>
   </si>
   <si>
     <t>16/02/2025</t>
   </si>
   <si>
     <t>VGBI-072</t>
   </si>
   <si>
     <t>15/07/2025</t>
   </si>
   <si>
+    <t>EA3FNZ</t>
+  </si>
+  <si>
+    <t>VGBU-165</t>
+  </si>
+  <si>
+    <t>09243</t>
+  </si>
+  <si>
+    <t>12/10/2025</t>
+  </si>
+  <si>
     <t>VGBU-280</t>
   </si>
   <si>
     <t>09903</t>
   </si>
   <si>
     <t>28/12/2024</t>
   </si>
   <si>
-    <t>EA3FNZ</t>
-[...1 lines deleted...]
-  <si>
     <t>VGBU-289</t>
   </si>
   <si>
     <t>09466</t>
   </si>
   <si>
     <t>23/08/2025</t>
   </si>
   <si>
     <t>EA7JCU</t>
   </si>
   <si>
     <t>VGCA-148</t>
   </si>
   <si>
     <t>23/02/2025</t>
   </si>
   <si>
     <t>EA7LEX</t>
   </si>
   <si>
     <t>VGCO-071</t>
   </si>
   <si>
     <t>04/01/2025</t>
@@ -629,101 +650,125 @@
   <si>
     <t>VGMU-242</t>
   </si>
   <si>
     <t>EC2AMN/P</t>
   </si>
   <si>
     <t>VGNA-186</t>
   </si>
   <si>
     <t>09/07/2012</t>
   </si>
   <si>
     <t>EA1FOX</t>
   </si>
   <si>
     <t>VGOU-064</t>
   </si>
   <si>
     <t>09/08/2025</t>
   </si>
   <si>
     <t>VGP-016</t>
   </si>
   <si>
+    <t>VGP-070</t>
+  </si>
+  <si>
+    <t>14/10/2025</t>
+  </si>
+  <si>
     <t>EA1CIU</t>
   </si>
   <si>
     <t>VGPO-007</t>
   </si>
   <si>
     <t>01/02/2025</t>
   </si>
   <si>
+    <t>EA1RCI/P</t>
+  </si>
+  <si>
+    <t>VGPO-010</t>
+  </si>
+  <si>
+    <t>19/10/2025</t>
+  </si>
+  <si>
     <t>VGPO-026</t>
   </si>
   <si>
     <t>15/06/2025</t>
   </si>
   <si>
     <t>VGPO-071</t>
   </si>
   <si>
     <t>31/05/2025</t>
   </si>
   <si>
     <t>VGS-024</t>
   </si>
   <si>
     <t>19/01/2025</t>
   </si>
   <si>
     <t>VGS-108</t>
   </si>
   <si>
     <t>07/08/2025</t>
   </si>
   <si>
     <t>EA1FTV</t>
   </si>
   <si>
     <t>VGSA-009</t>
   </si>
   <si>
     <t>22/02/2025</t>
   </si>
   <si>
     <t>EA7IXJ</t>
   </si>
   <si>
     <t>VGSE-010</t>
   </si>
   <si>
     <t>11/05/2015</t>
   </si>
   <si>
+    <t>EA7RKS/P</t>
+  </si>
+  <si>
+    <t>VGSE-175</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
+  </si>
+  <si>
     <t>EA4AW</t>
   </si>
   <si>
     <t>VGSG-079</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>VGTE-147</t>
   </si>
   <si>
     <t>29/03/2025</t>
   </si>
   <si>
     <t>VGTE-150</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>EA5DF</t>
   </si>
   <si>
     <t>VGTE-170</t>
@@ -749,96 +794,123 @@
   <si>
     <t>VGTO-106</t>
   </si>
   <si>
     <t>02/08/2025</t>
   </si>
   <si>
     <t>EB4AVN</t>
   </si>
   <si>
     <t>VGTO-372</t>
   </si>
   <si>
     <t>VGV-005</t>
   </si>
   <si>
     <t>VGV-019</t>
   </si>
   <si>
     <t>08/02/2025</t>
   </si>
   <si>
     <t>VGV-027</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>VGV-079</t>
   </si>
   <si>
     <t>19/08/2025</t>
   </si>
   <si>
     <t>VGV-080</t>
   </si>
   <si>
     <t>14/08/2025</t>
   </si>
   <si>
     <t>EA4AAQ/5</t>
   </si>
   <si>
     <t>VGV-090</t>
   </si>
   <si>
     <t>07/09/2012</t>
   </si>
   <si>
     <t>VGV-097</t>
   </si>
   <si>
     <t>06/01/2025</t>
   </si>
   <si>
     <t>VGV-113</t>
   </si>
   <si>
     <t>16/07/2015</t>
   </si>
   <si>
     <t>VGV-128</t>
   </si>
   <si>
     <t>21/05/2015</t>
   </si>
   <si>
     <t>EA5S</t>
   </si>
   <si>
     <t>VGV-135</t>
   </si>
   <si>
     <t>17/05/2025</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
+  </si>
+  <si>
+    <t>EA5QG</t>
+  </si>
+  <si>
+    <t>VGV-179</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
   </si>
   <si>
     <t>EG5FTE/P</t>
   </si>
   <si>
     <t>VGV-182</t>
   </si>
   <si>
     <t>23/08/2012</t>
   </si>
   <si>
     <t>VGV-184</t>
   </si>
   <si>
     <t>24/11/2024</t>
   </si>
   <si>
     <t>VGV-233</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>EA1HL</t>
   </si>
@@ -1303,51 +1375,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G126"/>
+  <dimension ref="A1:G134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1719,2464 +1791,2648 @@
         <v>62</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="5">
         <v>40</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="C21" s="5">
-        <v>48001</v>
+      <c r="C21" s="5" t="s">
+        <v>67</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="5">
         <v>40</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G21" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="3" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C22" s="5">
-        <v>48913</v>
+        <v>48001</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="5">
         <v>40</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C23" s="5">
-        <v>48055</v>
+        <v>48913</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="3" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C24" s="5">
-        <v>48912</v>
+        <v>48055</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G24" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="3" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>76</v>
+      </c>
+      <c r="C25" s="5">
+        <v>48912</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="5">
         <v>40</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G25" s="5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="5">
         <v>40</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="3" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="C27" s="5">
-        <v>11039</v>
+      <c r="C27" s="5" t="s">
+        <v>83</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="5">
         <v>40</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="3" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="C28" s="5">
-        <v>14019</v>
+      <c r="C28" s="5" t="s">
+        <v>86</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="5">
         <v>40</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G28" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C29" s="5">
-        <v>12044</v>
+        <v>11039</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="5">
         <v>40</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="3" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C30" s="5">
-        <v>16063</v>
+        <v>14019</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="5">
         <v>40</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C31" s="5">
-        <v>18017</v>
+        <v>12044</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="5">
         <v>40</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="3" t="s">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C32" s="5">
-        <v>18138</v>
+        <v>16063</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="5">
         <v>40</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C33" s="5">
-        <v>18162</v>
+        <v>18017</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="5">
         <v>40</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C34" s="5">
-        <v>18162</v>
+        <v>18138</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="5">
         <v>40</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G34" s="5" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="3" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C35" s="5">
-        <v>18164</v>
+        <v>18162</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="5">
         <v>40</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="5" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C36" s="5">
-        <v>19261</v>
+        <v>18162</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="5">
         <v>40</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G36" s="5" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C37" s="5">
-        <v>21068</v>
+        <v>18164</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="5">
         <v>40</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G37" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="3" t="s">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C38" s="5">
-        <v>22006</v>
+        <v>19261</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="5">
         <v>40</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="5" t="s">
-        <v>110</v>
+        <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="3" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C39" s="5">
-        <v>22054</v>
+        <v>21068</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="5">
         <v>40</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G39" s="5" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="3" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C40" s="5">
-        <v>22220</v>
+        <v>22006</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="5">
         <v>40</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G40" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="3" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="C41" s="5" t="s">
         <v>118</v>
       </c>
+      <c r="C41" s="5">
+        <v>22054</v>
+      </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="5">
         <v>40</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G41" s="5" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="3" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>121</v>
+      </c>
+      <c r="C42" s="5">
+        <v>22220</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="5">
         <v>40</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="5">
         <v>40</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="5" t="s">
-        <v>125</v>
+        <v>107</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B44" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="B44" s="4" t="s">
+      <c r="C44" s="5" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>23012</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="5">
         <v>40</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="C45" s="5">
-        <v>23028</v>
+      <c r="C45" s="5" t="s">
+        <v>131</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="5">
         <v>40</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G45" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="3" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C46" s="5">
-        <v>23028</v>
+        <v>23012</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G46" s="5" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C47" s="5">
         <v>23028</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="5">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G47" s="5" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C48" s="5">
         <v>23028</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="5">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G48" s="5" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C49" s="5">
         <v>23028</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="5">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="5" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C50" s="5">
-        <v>23034</v>
+        <v>23028</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="5">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G50" s="5" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C51" s="5">
-        <v>23045</v>
+        <v>23028</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="5">
         <v>40</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="3" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C52" s="5">
-        <v>23045</v>
+        <v>23034</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G52" s="5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="C53" s="5">
         <v>23045</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="5">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G53" s="5" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="C54" s="5">
         <v>23045</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="5">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>139</v>
+        <v>15</v>
       </c>
       <c r="G54" s="5" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="3" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C55" s="5">
-        <v>23050</v>
+        <v>23045</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="5">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C56" s="5">
-        <v>23060</v>
+        <v>23045</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="5">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="3" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C57" s="5">
-        <v>23073</v>
+        <v>23050</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="5">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G57" s="5" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="3" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C58" s="5">
-        <v>23073</v>
+        <v>23060</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>148</v>
+        <v>14</v>
       </c>
       <c r="E58" s="5">
         <v>40</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C59" s="5">
         <v>23073</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="5">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G59" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C60" s="5">
         <v>23073</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="E60" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="5" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C61" s="5">
         <v>23073</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="5">
         <v>40</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C62" s="5">
         <v>23073</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="5">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C63" s="5">
-        <v>23075</v>
+        <v>23073</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="5">
         <v>40</v>
       </c>
       <c r="F63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C64" s="5">
-        <v>23075</v>
+        <v>23073</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="5">
-        <v>20</v>
+        <v>144</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="C65" s="5">
         <v>23075</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="5">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>139</v>
+        <v>15</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="3" t="s">
-        <v>158</v>
+        <v>136</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C66" s="5">
         <v>23075</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>108</v>
+        <v>164</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C67" s="5">
         <v>23075</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="5">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="G67" s="5" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="3" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C68" s="5">
-        <v>23904</v>
+        <v>23075</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="5">
         <v>40</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>162</v>
+        <v>115</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="3" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C69" s="5">
-        <v>23904</v>
+        <v>23075</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="5">
         <v>40</v>
       </c>
       <c r="F69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G69" s="5" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C70" s="5">
         <v>23904</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="5">
         <v>40</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C71" s="5">
         <v>23904</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="5">
         <v>40</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="5" t="s">
-        <v>121</v>
+        <v>171</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="3" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C72" s="5">
-        <v>23081</v>
+        <v>23904</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="5">
         <v>40</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="3" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C73" s="5">
-        <v>23087</v>
+        <v>23904</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="5">
         <v>40</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G73" s="5" t="s">
-        <v>170</v>
+        <v>128</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C74" s="5">
-        <v>23087</v>
+        <v>23081</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="5">
         <v>40</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G74" s="5" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="3" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C75" s="5">
-        <v>23095</v>
+        <v>23087</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>148</v>
+        <v>14</v>
       </c>
       <c r="E75" s="5">
         <v>40</v>
       </c>
       <c r="F75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G75" s="5" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="3" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C76" s="5">
-        <v>23097</v>
+        <v>23087</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="5">
         <v>40</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C77" s="5">
-        <v>23097</v>
+        <v>23095</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="E77" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="5" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="3" t="s">
-        <v>77</v>
+        <v>136</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C78" s="5">
-        <v>24091</v>
+        <v>23097</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="5">
         <v>40</v>
       </c>
       <c r="F78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G78" s="5" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="3" t="s">
-        <v>179</v>
+        <v>136</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C79" s="5">
-        <v>28079</v>
+        <v>23097</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="5" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="3" t="s">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C80" s="5">
-        <v>29032</v>
+        <v>24091</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="5">
         <v>40</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>108</v>
+        <v>185</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C81" s="5">
-        <v>29051</v>
+        <v>28079</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="5">
         <v>40</v>
       </c>
       <c r="F81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="3" t="s">
-        <v>186</v>
+        <v>102</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C82" s="5">
-        <v>29053</v>
+        <v>29032</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="5">
         <v>40</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C83" s="5">
-        <v>30008</v>
+        <v>29051</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="5">
         <v>40</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>190</v>
+        <v>15</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C84" s="5">
-        <v>30016</v>
+        <v>29053</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="5">
         <v>40</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>194</v>
+        <v>128</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C85" s="5">
-        <v>30026</v>
+        <v>30008</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="5">
         <v>40</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>15</v>
+        <v>197</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="3" t="s">
-        <v>46</v>
+        <v>199</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C86" s="5">
-        <v>30035</v>
+        <v>30016</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="5">
         <v>40</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>80</v>
+        <v>201</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="C87" s="5">
-        <v>31251</v>
+        <v>30026</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="5">
         <v>40</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="5" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="3" t="s">
-        <v>201</v>
+        <v>46</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C88" s="5">
-        <v>32044</v>
+        <v>30035</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="5">
         <v>40</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G88" s="5" t="s">
-        <v>203</v>
+        <v>87</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="3" t="s">
-        <v>77</v>
+        <v>205</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C89" s="5">
-        <v>34017</v>
+        <v>31251</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="5">
         <v>40</v>
       </c>
       <c r="F89" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G89" s="5" t="s">
-        <v>185</v>
+        <v>207</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="3" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C90" s="5">
-        <v>36004</v>
+        <v>32044</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="5">
         <v>40</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="3" t="s">
-        <v>205</v>
+        <v>78</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C91" s="5">
-        <v>36013</v>
+        <v>34017</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F91" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="5" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="3" t="s">
-        <v>205</v>
+        <v>78</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C92" s="5">
-        <v>36038</v>
+        <v>34099</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="5">
         <v>40</v>
       </c>
       <c r="F92" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="3" t="s">
-        <v>61</v>
+        <v>214</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C93" s="5">
-        <v>39052</v>
+        <v>36004</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="5">
         <v>40</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="5" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="3" t="s">
-        <v>65</v>
+        <v>217</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C94" s="5">
-        <v>39097</v>
+        <v>36006</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="5">
         <v>40</v>
       </c>
       <c r="F94" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="3" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C95" s="5">
-        <v>37017</v>
+        <v>36013</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F95" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G95" s="5" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="3" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C96" s="5">
-        <v>41004</v>
+        <v>36038</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>148</v>
+        <v>14</v>
       </c>
       <c r="E96" s="5">
         <v>40</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="3" t="s">
-        <v>222</v>
+        <v>61</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C97" s="5">
-        <v>40101</v>
+        <v>39052</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="5">
         <v>40</v>
       </c>
       <c r="F97" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G97" s="5" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="3" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C98" s="5">
-        <v>44143</v>
+        <v>39097</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="5">
         <v>40</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G98" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="3" t="s">
-        <v>24</v>
+        <v>228</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C99" s="5">
-        <v>44143</v>
+        <v>37017</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="5">
         <v>40</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G99" s="5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C100" s="5">
-        <v>44159</v>
+        <v>41004</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="E100" s="5">
         <v>40</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G100" s="5" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="3" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C101" s="5">
-        <v>44159</v>
+        <v>41065</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="5">
         <v>40</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>190</v>
+        <v>15</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="3" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="B102" s="4" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C102" s="5">
-        <v>44249</v>
+        <v>40101</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="5">
         <v>40</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="3" t="s">
-        <v>229</v>
+        <v>24</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="C103" s="5">
-        <v>44249</v>
+        <v>44143</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="5">
         <v>40</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>190</v>
+        <v>15</v>
       </c>
       <c r="G103" s="5" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="3" t="s">
-        <v>234</v>
+        <v>24</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="C104" s="5">
-        <v>38005</v>
+        <v>44143</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="5">
         <v>40</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>103</v>
+        <v>243</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="3" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="C105" s="5">
-        <v>38005</v>
+        <v>44159</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>103</v>
+        <v>246</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="3" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="C106" s="5">
-        <v>45064</v>
+        <v>44159</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="5">
         <v>40</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>15</v>
+        <v>197</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="3" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="C107" s="5">
-        <v>45180</v>
+        <v>44249</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="5">
         <v>40</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>213</v>
+        <v>248</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="3" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="C108" s="5">
-        <v>46006</v>
+        <v>44249</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="5">
         <v>40</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>15</v>
+        <v>197</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>151</v>
+        <v>248</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="3" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C109" s="5">
-        <v>46036</v>
+        <v>38005</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="5">
         <v>40</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G109" s="5" t="s">
-        <v>243</v>
+        <v>110</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="3" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="B110" s="4" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C110" s="5">
-        <v>46041</v>
+        <v>38005</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G110" s="5" t="s">
-        <v>71</v>
+        <v>110</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="3" t="s">
-        <v>11</v>
+        <v>251</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="C111" s="5">
-        <v>46097</v>
+        <v>45064</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="5">
         <v>40</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="3" t="s">
-        <v>11</v>
+        <v>254</v>
       </c>
       <c r="B112" s="4" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="C112" s="5">
-        <v>46097</v>
+        <v>45180</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="5">
         <v>40</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>248</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="3" t="s">
-        <v>249</v>
+        <v>24</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="C113" s="5">
-        <v>46105</v>
+        <v>46006</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="5">
         <v>40</v>
       </c>
       <c r="F113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>251</v>
+        <v>158</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C114" s="5">
-        <v>46118</v>
+        <v>46036</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="5">
         <v>40</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="B115" s="4" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C115" s="5">
-        <v>46144</v>
+        <v>46041</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>148</v>
+        <v>14</v>
       </c>
       <c r="E115" s="5">
         <v>40</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="5" t="s">
-        <v>255</v>
+        <v>75</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="3" t="s">
-        <v>32</v>
+        <v>260</v>
       </c>
       <c r="B116" s="4" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C116" s="5">
-        <v>46170</v>
+        <v>46111</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="5">
         <v>40</v>
       </c>
       <c r="F116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G116" s="5" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="3" t="s">
-        <v>258</v>
+        <v>11</v>
       </c>
       <c r="B117" s="4" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C117" s="5">
-        <v>46181</v>
+        <v>46097</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="5">
         <v>40</v>
       </c>
       <c r="F117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G117" s="5" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="3" t="s">
-        <v>261</v>
+        <v>11</v>
       </c>
       <c r="B118" s="4" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C118" s="5">
-        <v>46220</v>
+        <v>46097</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="5">
         <v>40</v>
       </c>
       <c r="F118" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G118" s="5" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="3" t="s">
-        <v>24</v>
+        <v>267</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C119" s="5">
-        <v>46225</v>
+        <v>46105</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="5">
         <v>40</v>
       </c>
       <c r="F119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G119" s="5" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="C120" s="5">
-        <v>46145</v>
+        <v>46118</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="5">
         <v>40</v>
       </c>
       <c r="F120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="5" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="3" t="s">
-        <v>268</v>
+        <v>32</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C121" s="5">
-        <v>49010</v>
+        <v>46144</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>14</v>
+        <v>155</v>
       </c>
       <c r="E121" s="5">
         <v>40</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G121" s="5" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="3" t="s">
-        <v>268</v>
+        <v>32</v>
       </c>
       <c r="B122" s="4" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C122" s="5">
-        <v>49055</v>
+        <v>46170</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="5">
         <v>40</v>
       </c>
       <c r="F122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G122" s="5" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="3" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="C123" s="5">
-        <v>49123</v>
+        <v>46181</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="5">
         <v>40</v>
       </c>
       <c r="F123" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G123" s="5" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="3" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C124" s="5">
-        <v>49178</v>
+        <v>46202</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="5">
         <v>40</v>
       </c>
       <c r="F124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G124" s="5" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="3" t="s">
-        <v>268</v>
+        <v>282</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="C125" s="5">
+        <v>46214</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="5">
+        <v>40</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G125" s="5" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7">
+      <c r="A126" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B126" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C126" s="5">
+        <v>46220</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="5">
+        <v>40</v>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G126" s="5" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7">
+      <c r="A127" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B127" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C127" s="5">
+        <v>46225</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="5">
+        <v>40</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G127" s="5" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7">
+      <c r="A128" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B128" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="C128" s="5">
+        <v>46145</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="5">
+        <v>40</v>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G128" s="5" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7">
+      <c r="A129" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B129" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="C129" s="5">
+        <v>49010</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="5">
+        <v>40</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G129" s="5" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7">
+      <c r="A130" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B130" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="C130" s="5">
+        <v>49055</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="5">
+        <v>40</v>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G130" s="5" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7">
+      <c r="A131" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B131" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C131" s="5">
+        <v>49123</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="5">
+        <v>40</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G131" s="5" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7">
+      <c r="A132" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B132" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C132" s="5">
+        <v>49178</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="5">
+        <v>40</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G132" s="5" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7">
+      <c r="A133" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B133" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="C133" s="5">
         <v>49275</v>
       </c>
-      <c r="D125" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G126" s="1"/>
+      <c r="D133" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="5">
+        <v>40</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G133" s="5" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7">
+      <c r="A134" s="2"/>
+      <c r="C134" s="1"/>
+      <c r="E134" s="1"/>
+      <c r="F134" s="1"/>
+      <c r="G134" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">