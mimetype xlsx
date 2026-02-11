--- v1 (2025-12-14)
+++ v2 (2026-02-11)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="314">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7JME</t>
   </si>
   <si>
-    <t>113 Referencias DVGE - 128 QSO encontrados - 99 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #7080 (14-12-2025 11:16)</t>
+    <t>118 Referencias DVGE - 134 QSO encontrados - 104 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #7080 (11-02-2026 12:55)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -248,149 +248,182 @@
   <si>
     <t>VGBI-001</t>
   </si>
   <si>
     <t>03/09/2025</t>
   </si>
   <si>
     <t>VGBI-002</t>
   </si>
   <si>
     <t>06/04/2025</t>
   </si>
   <si>
     <t>VGBI-042</t>
   </si>
   <si>
     <t>16/02/2025</t>
   </si>
   <si>
     <t>VGBI-072</t>
   </si>
   <si>
     <t>15/07/2025</t>
   </si>
   <si>
+    <t>VGBI-083</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
     <t>EA3FNZ</t>
   </si>
   <si>
     <t>VGBU-165</t>
   </si>
   <si>
     <t>09243</t>
   </si>
   <si>
     <t>12/10/2025</t>
   </si>
   <si>
     <t>VGBU-280</t>
   </si>
   <si>
     <t>09903</t>
   </si>
   <si>
     <t>28/12/2024</t>
   </si>
   <si>
     <t>VGBU-289</t>
   </si>
   <si>
     <t>09466</t>
   </si>
   <si>
     <t>23/08/2025</t>
   </si>
   <si>
     <t>EA7JCU</t>
   </si>
   <si>
     <t>VGCA-148</t>
   </si>
   <si>
     <t>23/02/2025</t>
   </si>
   <si>
+    <t>EA7JCU/M</t>
+  </si>
+  <si>
+    <t>VGCC-093</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
+  </si>
+  <si>
     <t>EA7LEX</t>
   </si>
   <si>
     <t>VGCO-071</t>
   </si>
   <si>
     <t>04/01/2025</t>
   </si>
   <si>
     <t>EA5JQF/P</t>
   </si>
   <si>
     <t>VGCS-050</t>
   </si>
   <si>
     <t>14/06/2025</t>
   </si>
   <si>
     <t>VGCU-078</t>
   </si>
   <si>
     <t>12/03/2025</t>
   </si>
   <si>
+    <t>EA8CZ/P</t>
+  </si>
+  <si>
+    <t>VGGC-002</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
     <t>EA7CPW</t>
   </si>
   <si>
     <t>VGGR-040</t>
   </si>
   <si>
     <t>25/05/2025</t>
   </si>
   <si>
     <t>EA7VL/P</t>
   </si>
   <si>
     <t>VGGR-220</t>
   </si>
   <si>
     <t>22/04/2015</t>
   </si>
   <si>
     <t>EA7TS</t>
   </si>
   <si>
     <t>VGGR-256</t>
   </si>
   <si>
     <t>16/11/2024</t>
   </si>
   <si>
     <t>EA5M</t>
   </si>
   <si>
     <t>VGGR-259</t>
   </si>
   <si>
     <t>25/01/2025</t>
   </si>
   <si>
+    <t>EA7KAN</t>
+  </si>
+  <si>
+    <t>VGGR-293</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
+  </si>
+  <si>
     <t>EA4LO</t>
   </si>
   <si>
     <t>VGGU-255</t>
   </si>
   <si>
     <t>EC7TL/P</t>
   </si>
   <si>
     <t>VGH-118</t>
   </si>
   <si>
     <t>17/10/2014</t>
   </si>
   <si>
     <t>VGHU-014</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>VGHU-070</t>
   </si>
   <si>
     <t>23/06/2025</t>
@@ -593,53 +626,50 @@
   <si>
     <t>17/09/2025</t>
   </si>
   <si>
     <t>EA4EF/P</t>
   </si>
   <si>
     <t>VGM-108</t>
   </si>
   <si>
     <t>14/09/2012</t>
   </si>
   <si>
     <t>VGMA-050</t>
   </si>
   <si>
     <t>EA1FMJ/P</t>
   </si>
   <si>
     <t>VGMA-088</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
-    <t>EA7KAN</t>
-[...1 lines deleted...]
-  <si>
     <t>VGMA-091</t>
   </si>
   <si>
     <t>EA5RCZ</t>
   </si>
   <si>
     <t>VGMU-023</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>11/01/2025</t>
   </si>
   <si>
     <t>EA5R</t>
   </si>
   <si>
     <t>VGMU-070</t>
   </si>
   <si>
     <t>07/06/2025</t>
   </si>
   <si>
     <t>VGMU-175</t>
@@ -722,93 +752,99 @@
   <si>
     <t>EA1FTV</t>
   </si>
   <si>
     <t>VGSA-009</t>
   </si>
   <si>
     <t>22/02/2025</t>
   </si>
   <si>
     <t>EA7IXJ</t>
   </si>
   <si>
     <t>VGSE-010</t>
   </si>
   <si>
     <t>11/05/2015</t>
   </si>
   <si>
     <t>EA7RKS/P</t>
   </si>
   <si>
     <t>VGSE-175</t>
   </si>
   <si>
-    <t>02/11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>EA4AW</t>
   </si>
   <si>
     <t>VGSG-079</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>VGTE-147</t>
   </si>
   <si>
     <t>29/03/2025</t>
   </si>
   <si>
     <t>VGTE-150</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>EA5DF</t>
   </si>
   <si>
     <t>VGTE-170</t>
   </si>
   <si>
     <t>06/07/2025</t>
   </si>
   <si>
     <t>VGTE-260</t>
   </si>
   <si>
     <t>13/07/2025</t>
   </si>
   <si>
     <t>EA8/EA7TV</t>
   </si>
   <si>
     <t>VGTF-015</t>
+  </si>
+  <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>VGTF-017</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
   </si>
   <si>
     <t>EA4FWO</t>
   </si>
   <si>
     <t>VGTO-106</t>
   </si>
   <si>
     <t>02/08/2025</t>
   </si>
   <si>
     <t>EB4AVN</t>
   </si>
   <si>
     <t>VGTO-372</t>
   </si>
   <si>
     <t>VGV-005</t>
   </si>
   <si>
     <t>VGV-019</t>
   </si>
   <si>
     <t>08/02/2025</t>
   </si>
@@ -1375,51 +1411,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G134"/>
+  <dimension ref="A1:G140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1901,2538 +1937,2676 @@
     <row r="25" spans="1:7">
       <c r="A25" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C25" s="5">
         <v>48912</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="5">
         <v>40</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G25" s="5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B26" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="B26" s="4" t="s">
+      <c r="C26" s="5">
+        <v>48090</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="5">
+        <v>40</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" s="5" t="s">
         <v>79</v>
-      </c>
-[...13 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="3" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="B27" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C27" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="C27" s="5" t="s">
+      <c r="D27" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="5">
+        <v>40</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" s="5" t="s">
         <v>83</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="3" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="B28" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C28" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="C28" s="5" t="s">
+      <c r="D28" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="5">
+        <v>40</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" s="5" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B29" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C29" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="B29" s="4" t="s">
+      <c r="D29" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="5">
+        <v>40</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" s="5" t="s">
         <v>89</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B30" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="B30" s="4" t="s">
+      <c r="C30" s="5">
+        <v>11039</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="5">
+        <v>40</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" s="5" t="s">
         <v>92</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B31" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="B31" s="4" t="s">
+      <c r="C31" s="5">
+        <v>10037</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="5">
+        <v>40</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" s="5" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="3" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>97</v>
       </c>
       <c r="C32" s="5">
-        <v>16063</v>
+        <v>14019</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="5">
         <v>40</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>100</v>
       </c>
       <c r="C33" s="5">
-        <v>18017</v>
+        <v>12044</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="5">
         <v>40</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B34" s="4" t="s">
         <v>102</v>
       </c>
-      <c r="B34" s="4" t="s">
+      <c r="C34" s="5">
+        <v>16063</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="5">
+        <v>40</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" s="5" t="s">
         <v>103</v>
-      </c>
-[...13 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B35" s="4" t="s">
         <v>105</v>
       </c>
-      <c r="B35" s="4" t="s">
+      <c r="C35" s="5">
+        <v>35001</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="5">
+        <v>15</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" s="5" t="s">
         <v>106</v>
-      </c>
-[...13 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C36" s="5">
-        <v>18162</v>
+        <v>18017</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="5">
         <v>40</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G36" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C37" s="5">
-        <v>18164</v>
+        <v>18138</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="5">
         <v>40</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G37" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C38" s="5">
-        <v>19261</v>
+        <v>18162</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="5">
         <v>40</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="5" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>114</v>
       </c>
       <c r="C39" s="5">
-        <v>21068</v>
+        <v>18162</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="5">
         <v>40</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="3" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C40" s="5">
-        <v>22006</v>
+        <v>18164</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="5">
         <v>40</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G40" s="5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="3" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C41" s="5">
-        <v>22054</v>
+        <v>18192</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="5">
         <v>40</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G41" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C42" s="5">
-        <v>22220</v>
+        <v>19261</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="5">
         <v>40</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>122</v>
+        <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="C43" s="5" t="s">
         <v>125</v>
       </c>
+      <c r="C43" s="5">
+        <v>21068</v>
+      </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="5">
         <v>40</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="5" t="s">
-        <v>107</v>
+        <v>126</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="3" t="s">
-        <v>123</v>
+        <v>24</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="C44" s="5" t="s">
         <v>127</v>
+      </c>
+      <c r="C44" s="5">
+        <v>22006</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="5">
         <v>40</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B45" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="B45" s="4" t="s">
+      <c r="C45" s="5">
+        <v>22054</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="5">
+        <v>40</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" s="5" t="s">
         <v>130</v>
-      </c>
-[...13 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C46" s="5">
+        <v>22220</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="5">
+        <v>40</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" s="5" t="s">
         <v>133</v>
-      </c>
-[...16 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C47" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="B47" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="5">
         <v>40</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G47" s="5" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>137</v>
       </c>
-      <c r="C48" s="5">
-        <v>23028</v>
+      <c r="C48" s="5" t="s">
+        <v>138</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G48" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="3" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>23028</v>
+        <v>141</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>142</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="5">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="3" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="C50" s="5">
-        <v>23028</v>
+        <v>23012</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="5">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G50" s="5" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="C51" s="5">
         <v>23028</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="5">
         <v>40</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="3" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="C52" s="5">
-        <v>23034</v>
+        <v>23028</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G52" s="5" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C53" s="5">
-        <v>23045</v>
+        <v>23028</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="5">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G53" s="5" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B54" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C54" s="5">
+        <v>23028</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="5">
         <v>144</v>
       </c>
-      <c r="C54" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="F54" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G54" s="5" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="C55" s="5">
-        <v>23045</v>
+        <v>23028</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="5">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="3" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="C56" s="5">
-        <v>23045</v>
+        <v>23034</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="5">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="C57" s="5">
-        <v>23050</v>
+        <v>23045</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="5">
         <v>40</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G57" s="5" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="3" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C58" s="5">
-        <v>23060</v>
+        <v>23045</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C59" s="5">
-        <v>23073</v>
+        <v>23045</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="5">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G59" s="5" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C60" s="5">
-        <v>23073</v>
+        <v>23045</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>155</v>
+        <v>14</v>
       </c>
       <c r="E60" s="5">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>15</v>
+        <v>157</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="3" t="s">
-        <v>136</v>
+        <v>158</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C61" s="5">
-        <v>23073</v>
+        <v>23050</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="5">
         <v>40</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="3" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C62" s="5">
-        <v>23073</v>
+        <v>23060</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C63" s="5">
         <v>23073</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="5">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="F63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C64" s="5">
         <v>23073</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="E64" s="5">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C65" s="5">
-        <v>23075</v>
+        <v>23073</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="5">
         <v>40</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C66" s="5">
-        <v>23075</v>
+        <v>23073</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="5">
         <v>20</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="C67" s="5">
-        <v>23075</v>
+        <v>23073</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="5">
-        <v>144</v>
+        <v>40</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>146</v>
+        <v>15</v>
       </c>
       <c r="G67" s="5" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="3" t="s">
-        <v>165</v>
+        <v>147</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C68" s="5">
-        <v>23075</v>
+        <v>23073</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="5">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>115</v>
+        <v>173</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="3" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="C69" s="5">
         <v>23075</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="5">
         <v>40</v>
       </c>
       <c r="F69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G69" s="5" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="3" t="s">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="C70" s="5">
-        <v>23904</v>
+        <v>23075</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="3" t="s">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="C71" s="5">
-        <v>23904</v>
+        <v>23075</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="5">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>15</v>
+        <v>157</v>
       </c>
       <c r="G71" s="5" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="3" t="s">
-        <v>24</v>
+        <v>176</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C72" s="5">
-        <v>23904</v>
+        <v>23075</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="5">
         <v>40</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>169</v>
+        <v>126</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="3" t="s">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C73" s="5">
-        <v>23904</v>
+        <v>23075</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="5">
         <v>40</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G73" s="5" t="s">
-        <v>128</v>
+        <v>178</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="3" t="s">
-        <v>133</v>
+        <v>24</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C74" s="5">
-        <v>23081</v>
+        <v>23904</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="5">
         <v>40</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G74" s="5" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="3" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C75" s="5">
-        <v>23087</v>
+        <v>23904</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="5">
         <v>40</v>
       </c>
       <c r="F75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G75" s="5" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="3" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C76" s="5">
-        <v>23087</v>
+        <v>23904</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="5">
         <v>40</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="3" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C77" s="5">
-        <v>23095</v>
+        <v>23904</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>155</v>
+        <v>14</v>
       </c>
       <c r="E77" s="5">
         <v>40</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="5" t="s">
-        <v>181</v>
+        <v>139</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="3" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C78" s="5">
-        <v>23097</v>
+        <v>23081</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="5">
         <v>40</v>
       </c>
       <c r="F78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G78" s="5" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="3" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C79" s="5">
-        <v>23097</v>
+        <v>23087</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="5" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="3" t="s">
-        <v>78</v>
+        <v>152</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="C80" s="5">
-        <v>24091</v>
+        <v>23087</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="5">
         <v>40</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="3" t="s">
-        <v>186</v>
+        <v>147</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C81" s="5">
-        <v>28079</v>
+        <v>23095</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="E81" s="5">
         <v>40</v>
       </c>
       <c r="F81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="3" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C82" s="5">
-        <v>29032</v>
+        <v>23097</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="5">
         <v>40</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>115</v>
+        <v>194</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="3" t="s">
-        <v>190</v>
+        <v>147</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C83" s="5">
-        <v>29051</v>
+        <v>23097</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="3" t="s">
-        <v>193</v>
+        <v>80</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C84" s="5">
-        <v>29053</v>
+        <v>24091</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="5">
         <v>40</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>128</v>
+        <v>196</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C85" s="5">
-        <v>30008</v>
+        <v>28079</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="5">
         <v>40</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>197</v>
+        <v>15</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="3" t="s">
-        <v>199</v>
+        <v>110</v>
       </c>
       <c r="B86" s="4" t="s">
         <v>200</v>
       </c>
       <c r="C86" s="5">
-        <v>30016</v>
+        <v>29032</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="5">
         <v>40</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>201</v>
+        <v>126</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>202</v>
       </c>
       <c r="C87" s="5">
-        <v>30026</v>
+        <v>29051</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="5">
         <v>40</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="5" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="3" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="B88" s="4" t="s">
         <v>204</v>
       </c>
       <c r="C88" s="5">
-        <v>30035</v>
+        <v>29053</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="5">
         <v>40</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G88" s="5" t="s">
-        <v>87</v>
+        <v>139</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>206</v>
       </c>
       <c r="C89" s="5">
-        <v>31251</v>
+        <v>30008</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="5">
         <v>40</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="G89" s="5" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C90" s="5">
-        <v>32044</v>
+        <v>30016</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="5">
         <v>40</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="3" t="s">
-        <v>78</v>
+        <v>209</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C91" s="5">
-        <v>34017</v>
+        <v>30026</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="5">
         <v>40</v>
       </c>
       <c r="F91" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="5" t="s">
-        <v>192</v>
+        <v>213</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="3" t="s">
-        <v>78</v>
+        <v>46</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C92" s="5">
-        <v>34099</v>
+        <v>30035</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="5">
         <v>40</v>
       </c>
       <c r="F92" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="5" t="s">
-        <v>213</v>
+        <v>89</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C93" s="5">
-        <v>36004</v>
+        <v>31251</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="5">
         <v>40</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="5" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C94" s="5">
-        <v>36006</v>
+        <v>32044</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="5">
         <v>40</v>
       </c>
       <c r="F94" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="3" t="s">
-        <v>214</v>
+        <v>80</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C95" s="5">
-        <v>36013</v>
+        <v>34017</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F95" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G95" s="5" t="s">
-        <v>221</v>
+        <v>203</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="3" t="s">
-        <v>214</v>
+        <v>80</v>
       </c>
       <c r="B96" s="4" t="s">
         <v>222</v>
       </c>
       <c r="C96" s="5">
-        <v>36038</v>
+        <v>34099</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="5">
         <v>40</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G96" s="5" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="3" t="s">
-        <v>61</v>
+        <v>224</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C97" s="5">
-        <v>39052</v>
+        <v>36004</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="5">
         <v>40</v>
       </c>
       <c r="F97" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G97" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="3" t="s">
-        <v>69</v>
+        <v>227</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C98" s="5">
-        <v>39097</v>
+        <v>36006</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="5">
         <v>40</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G98" s="5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="3" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C99" s="5">
-        <v>37017</v>
+        <v>36013</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G99" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="3" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="B100" s="4" t="s">
         <v>232</v>
       </c>
       <c r="C100" s="5">
-        <v>41004</v>
+        <v>36038</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>155</v>
+        <v>14</v>
       </c>
       <c r="E100" s="5">
         <v>40</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G100" s="5" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B101" s="4" t="s">
         <v>234</v>
       </c>
-      <c r="B101" s="4" t="s">
+      <c r="C101" s="5">
+        <v>39052</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="5">
+        <v>40</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G101" s="5" t="s">
         <v>235</v>
-      </c>
-[...13 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B102" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="C102" s="5">
+        <v>39097</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="5">
+        <v>40</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102" s="5" t="s">
         <v>237</v>
-      </c>
-[...16 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="3" t="s">
-        <v>24</v>
+        <v>238</v>
       </c>
       <c r="B103" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="C103" s="5">
+        <v>37017</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="5">
+        <v>40</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103" s="5" t="s">
         <v>240</v>
-      </c>
-[...13 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="3" t="s">
-        <v>24</v>
+        <v>241</v>
       </c>
       <c r="B104" s="4" t="s">
         <v>242</v>
       </c>
       <c r="C104" s="5">
-        <v>44143</v>
+        <v>41004</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="E104" s="5">
         <v>40</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="5" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B105" s="4" t="s">
         <v>245</v>
       </c>
       <c r="C105" s="5">
-        <v>44159</v>
+        <v>41065</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="5">
         <v>40</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>246</v>
+        <v>121</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C106" s="5">
-        <v>44159</v>
+        <v>40101</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="5">
         <v>40</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>197</v>
+        <v>15</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="3" t="s">
-        <v>244</v>
+        <v>24</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C107" s="5">
-        <v>44249</v>
+        <v>44143</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="5">
         <v>40</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="3" t="s">
-        <v>244</v>
+        <v>24</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C108" s="5">
-        <v>44249</v>
+        <v>44143</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="5">
         <v>40</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>197</v>
+        <v>15</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="3" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C109" s="5">
-        <v>38005</v>
+        <v>44159</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="5">
         <v>40</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G109" s="5" t="s">
-        <v>110</v>
+        <v>255</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="3" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B110" s="4" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C110" s="5">
-        <v>38005</v>
+        <v>44159</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="G110" s="5" t="s">
-        <v>110</v>
+        <v>255</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C111" s="5">
-        <v>45064</v>
+        <v>44249</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="5">
         <v>40</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="3" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B112" s="4" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C112" s="5">
-        <v>45180</v>
+        <v>44249</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="5">
         <v>40</v>
       </c>
       <c r="F112" s="5" t="s">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>225</v>
+        <v>257</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="3" t="s">
-        <v>24</v>
+        <v>258</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C113" s="5">
-        <v>46006</v>
+        <v>38005</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="5">
         <v>40</v>
       </c>
       <c r="F113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>158</v>
+        <v>118</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="3" t="s">
-        <v>24</v>
+        <v>258</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C114" s="5">
-        <v>46036</v>
+        <v>38005</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>258</v>
+        <v>118</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="3" t="s">
-        <v>24</v>
+        <v>260</v>
       </c>
       <c r="B115" s="4" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C115" s="5">
-        <v>46041</v>
+        <v>38006</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="5" t="s">
-        <v>75</v>
+        <v>262</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B116" s="4" t="s">
         <v>261</v>
       </c>
       <c r="C116" s="5">
-        <v>46111</v>
+        <v>38006</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G116" s="5" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="3" t="s">
-        <v>11</v>
+        <v>263</v>
       </c>
       <c r="B117" s="4" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C117" s="5">
-        <v>46097</v>
+        <v>45064</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="5">
         <v>40</v>
       </c>
       <c r="F117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G117" s="5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="3" t="s">
-        <v>11</v>
+        <v>266</v>
       </c>
       <c r="B118" s="4" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C118" s="5">
-        <v>46097</v>
+        <v>45180</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="5">
         <v>40</v>
       </c>
       <c r="F118" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G118" s="5" t="s">
-        <v>266</v>
+        <v>235</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="3" t="s">
-        <v>267</v>
+        <v>24</v>
       </c>
       <c r="B119" s="4" t="s">
         <v>268</v>
       </c>
       <c r="C119" s="5">
-        <v>46105</v>
+        <v>46006</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="5">
         <v>40</v>
       </c>
       <c r="F119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G119" s="5" t="s">
-        <v>269</v>
+        <v>169</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B120" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="C120" s="5">
+        <v>46036</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E120" s="5">
+        <v>40</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G120" s="5" t="s">
         <v>270</v>
-      </c>
-[...13 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C121" s="5">
-        <v>46144</v>
+        <v>46041</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>155</v>
+        <v>14</v>
       </c>
       <c r="E121" s="5">
         <v>40</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G121" s="5" t="s">
-        <v>273</v>
+        <v>75</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="3" t="s">
-        <v>32</v>
+        <v>272</v>
       </c>
       <c r="B122" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="C122" s="5">
+        <v>46111</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="5">
+        <v>40</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G122" s="5" t="s">
         <v>274</v>
-      </c>
-[...13 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B123" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="C123" s="5">
+        <v>46097</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="5">
+        <v>40</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G123" s="5" t="s">
         <v>276</v>
-      </c>
-[...16 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="3" t="s">
-        <v>279</v>
+        <v>11</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C124" s="5">
-        <v>46202</v>
+        <v>46097</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="5">
         <v>40</v>
       </c>
       <c r="F124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G124" s="5" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="3" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C125" s="5">
-        <v>46214</v>
+        <v>46105</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="5">
         <v>40</v>
       </c>
       <c r="F125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G125" s="5" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="3" t="s">
-        <v>285</v>
+        <v>24</v>
       </c>
       <c r="B126" s="4" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="C126" s="5">
-        <v>46220</v>
+        <v>46118</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="5">
         <v>40</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="5" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="3" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C127" s="5">
-        <v>46225</v>
+        <v>46144</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>14</v>
+        <v>166</v>
       </c>
       <c r="E127" s="5">
         <v>40</v>
       </c>
       <c r="F127" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G127" s="5" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="3" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="C128" s="5">
-        <v>46145</v>
+        <v>46170</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="5">
         <v>40</v>
       </c>
       <c r="F128" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G128" s="5" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="3" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C129" s="5">
-        <v>49010</v>
+        <v>46181</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="5">
         <v>40</v>
       </c>
       <c r="F129" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G129" s="5" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B130" s="4" t="s">
         <v>292</v>
       </c>
-      <c r="B130" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="5">
-        <v>49055</v>
+        <v>46202</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="5">
         <v>40</v>
       </c>
       <c r="F130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G130" s="5" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="3" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="C131" s="5">
-        <v>49123</v>
+        <v>46214</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="5">
         <v>40</v>
       </c>
       <c r="F131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G131" s="5" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="3" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="B132" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C132" s="5">
+        <v>46220</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="5">
+        <v>40</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G132" s="5" t="s">
         <v>299</v>
-      </c>
-[...13 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="3" t="s">
-        <v>292</v>
+        <v>24</v>
       </c>
       <c r="B133" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="C133" s="5">
+        <v>46225</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="5">
+        <v>40</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G133" s="5" t="s">
         <v>301</v>
       </c>
-      <c r="C133" s="5">
+    </row>
+    <row r="134" spans="1:7">
+      <c r="A134" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B134" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="C134" s="5">
+        <v>46145</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="5">
+        <v>40</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G134" s="5" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7">
+      <c r="A135" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B135" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="C135" s="5">
+        <v>49010</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="5">
+        <v>40</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G135" s="5" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7">
+      <c r="A136" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B136" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="C136" s="5">
+        <v>49055</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="5">
+        <v>40</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G136" s="5" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7">
+      <c r="A137" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B137" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="C137" s="5">
+        <v>49123</v>
+      </c>
+      <c r="D137" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="5">
+        <v>40</v>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" s="5" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7">
+      <c r="A138" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B138" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="C138" s="5">
+        <v>49178</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="5">
+        <v>40</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G138" s="5" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7">
+      <c r="A139" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B139" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="C139" s="5">
         <v>49275</v>
       </c>
-      <c r="D133" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G134" s="1"/>
+      <c r="D139" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="5">
+        <v>40</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G139" s="5" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7">
+      <c r="A140" s="2"/>
+      <c r="C140" s="1"/>
+      <c r="E140" s="1"/>
+      <c r="F140" s="1"/>
+      <c r="G140" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">