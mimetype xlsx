--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7JRQ</t>
   </si>
   <si>
     <t>120 Referencias DVGE - 123 QSO encontrados - 115 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3239 (03-11-2025 22:00)</t>
+    <t>Ranking #3239 (19-12-2025 08:30)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IKT</t>
   </si>