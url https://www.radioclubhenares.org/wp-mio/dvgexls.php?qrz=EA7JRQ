--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7JRQ</t>
   </si>
   <si>
     <t>120 Referencias DVGE - 123 QSO encontrados - 115 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3239 (19-12-2025 08:30)</t>
+    <t>Ranking #3239 (19-12-2025 08:35)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IKT</t>
   </si>