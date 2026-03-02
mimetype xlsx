--- v2 (2025-12-19)
+++ v3 (2026-03-02)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="340">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="342">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7JRQ</t>
   </si>
   <si>
-    <t>120 Referencias DVGE - 123 QSO encontrados - 115 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3239 (19-12-2025 08:35)</t>
+    <t>121 Referencias DVGE - 124 QSO encontrados - 116 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3239 (02-03-2026 07:03)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IKT</t>
   </si>
@@ -1032,50 +1032,56 @@
     <t>EA1HL</t>
   </si>
   <si>
     <t>VGZA-089</t>
   </si>
   <si>
     <t>VGZA-090</t>
   </si>
   <si>
     <t>VGZA-106</t>
   </si>
   <si>
     <t>EA1BOO</t>
   </si>
   <si>
     <t>VGZA-168</t>
   </si>
   <si>
     <t>15/03/2021</t>
   </si>
   <si>
     <t>VGZA-178</t>
   </si>
   <si>
     <t>19/01/2018</t>
+  </si>
+  <si>
+    <t>VGZA-205</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1489,51 +1495,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G129"/>
+  <dimension ref="A1:G130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -4383,55 +4389,78 @@
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B128" s="4" t="s">
         <v>338</v>
       </c>
       <c r="C128" s="5">
         <v>49219</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="5">
         <v>40</v>
       </c>
       <c r="F128" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G128" s="5" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="129" spans="1:7">
-      <c r="A129" s="2"/>
-[...3 lines deleted...]
-      <c r="G129" s="1"/>
+      <c r="A129" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="B129" s="4" t="s">
+        <v>340</v>
+      </c>
+      <c r="C129" s="5">
+        <v>49250</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="5">
+        <v>40</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G129" s="5" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7">
+      <c r="A130" s="2"/>
+      <c r="C130" s="1"/>
+      <c r="E130" s="1"/>
+      <c r="F130" s="1"/>
+      <c r="G130" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">