--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2669">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2671">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7KK</t>
   </si>
   <si>
-    <t>1.261 Referencias DVGE - 1.447 QSO encontrados - 1.006 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #763 (25-10-2025 09:40)</t>
+    <t>1.261 Referencias DVGE - 1.448 QSO encontrados - 1.006 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #763 (15-12-2025 21:08)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EC5ALJ/P</t>
   </si>
@@ -6117,50 +6117,56 @@
     <t>EA7FC/P</t>
   </si>
   <si>
     <t>VGSE-170</t>
   </si>
   <si>
     <t>VGSE-171</t>
   </si>
   <si>
     <t>16/10/2014</t>
   </si>
   <si>
     <t>02/03/2019</t>
   </si>
   <si>
     <t>VGSE-172</t>
   </si>
   <si>
     <t>VGSE-173</t>
   </si>
   <si>
     <t>27/09/2015</t>
   </si>
   <si>
     <t>VGSE-175</t>
+  </si>
+  <si>
+    <t>EA7RKS/P</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
   </si>
   <si>
     <t>VGSE-176</t>
   </si>
   <si>
     <t>VGSE-179</t>
   </si>
   <si>
     <t>VGSE-180</t>
   </si>
   <si>
     <t>10/11/2019</t>
   </si>
   <si>
     <t>VGSE-183</t>
   </si>
   <si>
     <t>10/11/2013</t>
   </si>
   <si>
     <t>VGSE-184</t>
   </si>
   <si>
     <t>17/10/2014</t>
   </si>
@@ -8476,51 +8482,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1453"/>
+  <dimension ref="A1:G1454"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -31818,172 +31824,172 @@
     <row r="1017" spans="1:7">
       <c r="A1017" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B1017" s="4" t="s">
         <v>2034</v>
       </c>
       <c r="C1017" s="5">
         <v>41065</v>
       </c>
       <c r="D1017" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1017" s="5">
         <v>20</v>
       </c>
       <c r="F1017" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1017" s="5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" s="3" t="s">
-        <v>1999</v>
+        <v>2035</v>
       </c>
       <c r="B1018" s="4" t="s">
-        <v>2035</v>
+        <v>2034</v>
       </c>
       <c r="C1018" s="5">
         <v>41065</v>
       </c>
       <c r="D1018" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1018" s="5">
         <v>40</v>
       </c>
       <c r="F1018" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1018" s="5" t="s">
-        <v>1301</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" s="3" t="s">
         <v>1999</v>
       </c>
       <c r="B1019" s="4" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="C1019" s="5">
         <v>41065</v>
       </c>
       <c r="D1019" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1019" s="5">
         <v>40</v>
       </c>
       <c r="F1019" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="G1019" s="5" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" s="3" t="s">
-        <v>867</v>
+        <v>1999</v>
       </c>
       <c r="B1020" s="4" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="C1020" s="5">
         <v>41065</v>
       </c>
       <c r="D1020" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1020" s="5">
         <v>40</v>
       </c>
       <c r="F1020" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="G1020" s="5" t="s">
-        <v>1338</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" s="3" t="s">
-        <v>1999</v>
+        <v>867</v>
       </c>
       <c r="B1021" s="4" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="C1021" s="5">
         <v>41065</v>
       </c>
       <c r="D1021" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1021" s="5">
         <v>40</v>
       </c>
       <c r="F1021" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1021" s="5" t="s">
-        <v>2038</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" s="3" t="s">
-        <v>1190</v>
+        <v>1999</v>
       </c>
       <c r="B1022" s="4" t="s">
         <v>2039</v>
       </c>
       <c r="C1022" s="5">
-        <v>41067</v>
+        <v>41065</v>
       </c>
       <c r="D1022" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1022" s="5">
         <v>40</v>
       </c>
       <c r="F1022" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1022" s="5" t="s">
         <v>2040</v>
       </c>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" s="3" t="s">
-        <v>936</v>
+        <v>1190</v>
       </c>
       <c r="B1023" s="4" t="s">
         <v>2041</v>
       </c>
       <c r="C1023" s="5">
-        <v>41068</v>
+        <v>41067</v>
       </c>
       <c r="D1023" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1023" s="5">
         <v>40</v>
       </c>
       <c r="F1023" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1023" s="5" t="s">
         <v>2042</v>
       </c>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" s="3" t="s">
         <v>936</v>
       </c>
       <c r="B1024" s="4" t="s">
         <v>2043</v>
       </c>
       <c r="C1024" s="5">
         <v>41068</v>
       </c>
       <c r="D1024" s="4" t="s">
@@ -31997,9880 +32003,9903 @@
       </c>
       <c r="G1024" s="5" t="s">
         <v>2044</v>
       </c>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" s="3" t="s">
         <v>936</v>
       </c>
       <c r="B1025" s="4" t="s">
         <v>2045</v>
       </c>
       <c r="C1025" s="5">
         <v>41068</v>
       </c>
       <c r="D1025" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1025" s="5">
         <v>40</v>
       </c>
       <c r="F1025" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1025" s="5" t="s">
-        <v>561</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" s="3" t="s">
-        <v>2046</v>
+        <v>936</v>
       </c>
       <c r="B1026" s="4" t="s">
         <v>2047</v>
       </c>
       <c r="C1026" s="5">
-        <v>41069</v>
+        <v>41068</v>
       </c>
       <c r="D1026" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1026" s="5">
         <v>40</v>
       </c>
       <c r="F1026" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1026" s="5" t="s">
-        <v>2048</v>
+        <v>561</v>
       </c>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" s="3" t="s">
+        <v>2048</v>
+      </c>
+      <c r="B1027" s="4" t="s">
         <v>2049</v>
       </c>
-      <c r="B1027" s="4" t="s">
+      <c r="C1027" s="5">
+        <v>41069</v>
+      </c>
+      <c r="D1027" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1027" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1027" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1027" s="5" t="s">
         <v>2050</v>
-      </c>
-[...13 lines deleted...]
-        <v>2051</v>
       </c>
     </row>
     <row r="1028" spans="1:7">
       <c r="A1028" s="3" t="s">
-        <v>1983</v>
+        <v>2051</v>
       </c>
       <c r="B1028" s="4" t="s">
         <v>2052</v>
       </c>
       <c r="C1028" s="5">
-        <v>41073</v>
+        <v>41071</v>
       </c>
       <c r="D1028" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1028" s="5">
         <v>40</v>
       </c>
       <c r="F1028" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1028" s="5" t="s">
-        <v>175</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" s="3" t="s">
-        <v>2053</v>
+        <v>1983</v>
       </c>
       <c r="B1029" s="4" t="s">
         <v>2054</v>
       </c>
       <c r="C1029" s="5">
-        <v>41065</v>
+        <v>41073</v>
       </c>
       <c r="D1029" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1029" s="5">
         <v>40</v>
       </c>
       <c r="F1029" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1029" s="5" t="s">
-        <v>2055</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" s="3" t="s">
-        <v>867</v>
+        <v>2055</v>
       </c>
       <c r="B1030" s="4" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="C1030" s="5">
         <v>41065</v>
       </c>
       <c r="D1030" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1030" s="5">
         <v>40</v>
       </c>
       <c r="F1030" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1030" s="5" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" s="3" t="s">
         <v>867</v>
       </c>
       <c r="B1031" s="4" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="C1031" s="5">
         <v>41065</v>
       </c>
       <c r="D1031" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1031" s="5">
         <v>40</v>
       </c>
       <c r="F1031" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="G1031" s="5" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" s="3" t="s">
-        <v>1176</v>
+        <v>867</v>
       </c>
       <c r="B1032" s="4" t="s">
-        <v>2057</v>
+        <v>2056</v>
       </c>
       <c r="C1032" s="5">
-        <v>41079</v>
+        <v>41065</v>
       </c>
       <c r="D1032" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1032" s="5">
         <v>40</v>
       </c>
       <c r="F1032" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="G1032" s="5" t="s">
-        <v>1088</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" s="3" t="s">
-        <v>1964</v>
+        <v>1176</v>
       </c>
       <c r="B1033" s="4" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="C1033" s="5">
-        <v>41081</v>
+        <v>41079</v>
       </c>
       <c r="D1033" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1033" s="5">
         <v>40</v>
       </c>
       <c r="F1033" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1033" s="5" t="s">
-        <v>2059</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" s="3" t="s">
-        <v>1176</v>
+        <v>1964</v>
       </c>
       <c r="B1034" s="4" t="s">
         <v>2060</v>
       </c>
       <c r="C1034" s="5">
-        <v>41085</v>
+        <v>41081</v>
       </c>
       <c r="D1034" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1034" s="5">
         <v>40</v>
       </c>
       <c r="F1034" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1034" s="5" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" s="3" t="s">
         <v>1176</v>
       </c>
       <c r="B1035" s="4" t="s">
         <v>2062</v>
       </c>
       <c r="C1035" s="5">
         <v>41085</v>
       </c>
       <c r="D1035" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1035" s="5">
         <v>40</v>
       </c>
       <c r="F1035" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1035" s="5" t="s">
         <v>2063</v>
       </c>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" s="3" t="s">
         <v>1176</v>
       </c>
       <c r="B1036" s="4" t="s">
         <v>2064</v>
       </c>
       <c r="C1036" s="5">
-        <v>41087</v>
+        <v>41085</v>
       </c>
       <c r="D1036" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1036" s="5">
         <v>40</v>
       </c>
       <c r="F1036" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1036" s="5" t="s">
-        <v>593</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" s="3" t="s">
-        <v>1964</v>
+        <v>1176</v>
       </c>
       <c r="B1037" s="4" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="C1037" s="5">
         <v>41087</v>
       </c>
       <c r="D1037" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1037" s="5">
         <v>40</v>
       </c>
       <c r="F1037" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1037" s="5" t="s">
-        <v>304</v>
+        <v>593</v>
       </c>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" s="3" t="s">
         <v>1964</v>
       </c>
       <c r="B1038" s="4" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="C1038" s="5">
         <v>41087</v>
       </c>
       <c r="D1038" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1038" s="5">
         <v>40</v>
       </c>
       <c r="F1038" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1038" s="5" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" s="3" t="s">
-        <v>1190</v>
+        <v>1964</v>
       </c>
       <c r="B1039" s="4" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="C1039" s="5">
         <v>41087</v>
       </c>
       <c r="D1039" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1039" s="5">
         <v>40</v>
       </c>
       <c r="F1039" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1039" s="5" t="s">
-        <v>2066</v>
+        <v>304</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B1040" s="4" t="s">
         <v>2067</v>
       </c>
-      <c r="B1040" s="4" t="s">
+      <c r="C1040" s="5">
+        <v>41087</v>
+      </c>
+      <c r="D1040" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1040" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1040" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1040" s="5" t="s">
         <v>2068</v>
-      </c>
-[...13 lines deleted...]
-        <v>2069</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" s="3" t="s">
-        <v>1955</v>
+        <v>2069</v>
       </c>
       <c r="B1041" s="4" t="s">
         <v>2070</v>
       </c>
       <c r="C1041" s="5">
         <v>41095</v>
       </c>
       <c r="D1041" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1041" s="5">
         <v>40</v>
       </c>
       <c r="F1041" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1041" s="5" t="s">
         <v>2071</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" s="3" t="s">
-        <v>1180</v>
+        <v>1955</v>
       </c>
       <c r="B1042" s="4" t="s">
         <v>2072</v>
       </c>
       <c r="C1042" s="5">
         <v>41095</v>
       </c>
       <c r="D1042" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1042" s="5">
         <v>40</v>
       </c>
       <c r="F1042" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1042" s="5" t="s">
         <v>2073</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" s="3" t="s">
-        <v>1962</v>
+        <v>1180</v>
       </c>
       <c r="B1043" s="4" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
       <c r="C1043" s="5">
         <v>41095</v>
       </c>
       <c r="D1043" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1043" s="5">
         <v>40</v>
       </c>
       <c r="F1043" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1043" s="5" t="s">
-        <v>608</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" s="3" t="s">
-        <v>747</v>
+        <v>1962</v>
       </c>
       <c r="B1044" s="4" t="s">
         <v>2074</v>
       </c>
       <c r="C1044" s="5">
         <v>41095</v>
       </c>
       <c r="D1044" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1044" s="5">
         <v>40</v>
       </c>
       <c r="F1044" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1044" s="5" t="s">
-        <v>1967</v>
+        <v>608</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" s="3" t="s">
-        <v>1955</v>
+        <v>747</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="C1045" s="5">
         <v>41095</v>
       </c>
       <c r="D1045" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1045" s="5">
         <v>40</v>
       </c>
       <c r="F1045" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1045" s="5" t="s">
-        <v>771</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" s="3" t="s">
-        <v>2067</v>
+        <v>1955</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="C1046" s="5">
         <v>41095</v>
       </c>
       <c r="D1046" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1046" s="5">
         <v>40</v>
       </c>
       <c r="F1046" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1046" s="5" t="s">
-        <v>2076</v>
+        <v>771</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" s="3" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B1047" s="4" t="s">
         <v>2077</v>
-      </c>
-[...1 lines deleted...]
-        <v>2078</v>
       </c>
       <c r="C1047" s="5">
         <v>41095</v>
       </c>
       <c r="D1047" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1047" s="5">
         <v>40</v>
       </c>
       <c r="F1047" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1047" s="5" t="s">
-        <v>177</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" s="3" t="s">
-        <v>2067</v>
+        <v>2079</v>
       </c>
       <c r="B1048" s="4" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="C1048" s="5">
         <v>41095</v>
       </c>
       <c r="D1048" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1048" s="5">
         <v>40</v>
       </c>
       <c r="F1048" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1048" s="5" t="s">
-        <v>796</v>
+        <v>177</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" s="3" t="s">
-        <v>1180</v>
+        <v>2069</v>
       </c>
       <c r="B1049" s="4" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="C1049" s="5">
         <v>41095</v>
       </c>
       <c r="D1049" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1049" s="5">
         <v>40</v>
       </c>
       <c r="F1049" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1049" s="5" t="s">
-        <v>2073</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" s="3" t="s">
-        <v>2010</v>
+        <v>1180</v>
       </c>
       <c r="B1050" s="4" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="C1050" s="5">
-        <v>41099</v>
+        <v>41095</v>
       </c>
       <c r="D1050" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1050" s="5">
         <v>40</v>
       </c>
       <c r="F1050" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1050" s="5" t="s">
-        <v>1379</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" s="3" t="s">
-        <v>1964</v>
+        <v>2010</v>
       </c>
       <c r="B1051" s="4" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="C1051" s="5">
-        <v>41102</v>
+        <v>41099</v>
       </c>
       <c r="D1051" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1051" s="5">
         <v>40</v>
       </c>
       <c r="F1051" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1051" s="5" t="s">
-        <v>54</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" s="3" t="s">
-        <v>747</v>
+        <v>1964</v>
       </c>
       <c r="B1052" s="4" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="C1052" s="5">
-        <v>41053</v>
+        <v>41102</v>
       </c>
       <c r="D1052" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1052" s="5">
         <v>40</v>
       </c>
       <c r="F1052" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1052" s="5" t="s">
-        <v>2084</v>
+        <v>54</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" s="3" t="s">
-        <v>617</v>
+        <v>747</v>
       </c>
       <c r="B1053" s="4" t="s">
         <v>2085</v>
       </c>
       <c r="C1053" s="5">
-        <v>40029</v>
+        <v>41053</v>
       </c>
       <c r="D1053" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1053" s="5">
         <v>40</v>
       </c>
       <c r="F1053" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1053" s="5" t="s">
         <v>2086</v>
       </c>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="B1054" s="4" t="s">
         <v>2087</v>
       </c>
-      <c r="B1054" s="4" t="s">
+      <c r="C1054" s="5">
+        <v>40029</v>
+      </c>
+      <c r="D1054" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1054" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1054" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1054" s="5" t="s">
         <v>2088</v>
-      </c>
-[...13 lines deleted...]
-        <v>1557</v>
       </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" s="3" t="s">
         <v>2089</v>
       </c>
       <c r="B1055" s="4" t="s">
         <v>2090</v>
       </c>
       <c r="C1055" s="5">
-        <v>40195</v>
+        <v>40032</v>
       </c>
       <c r="D1055" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1055" s="5">
         <v>40</v>
       </c>
       <c r="F1055" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1055" s="5" t="s">
-        <v>115</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" s="3" t="s">
-        <v>617</v>
+        <v>2091</v>
       </c>
       <c r="B1056" s="4" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="C1056" s="5">
-        <v>40051</v>
+        <v>40195</v>
       </c>
       <c r="D1056" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1056" s="5">
         <v>40</v>
       </c>
       <c r="F1056" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1056" s="5" t="s">
-        <v>1233</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" s="3" t="s">
         <v>617</v>
       </c>
       <c r="B1057" s="4" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="C1057" s="5">
         <v>40051</v>
       </c>
       <c r="D1057" s="4" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="E1057" s="5">
         <v>40</v>
       </c>
       <c r="F1057" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1057" s="5" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" s="3" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="B1058" s="4" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="C1058" s="5">
-        <v>40053</v>
+        <v>40051</v>
       </c>
       <c r="D1058" s="4" t="s">
-        <v>14</v>
+        <v>221</v>
       </c>
       <c r="E1058" s="5">
         <v>40</v>
       </c>
       <c r="F1058" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1058" s="5" t="s">
-        <v>2093</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="B1059" s="4" t="s">
         <v>2094</v>
       </c>
-      <c r="B1059" s="4" t="s">
+      <c r="C1059" s="5">
+        <v>40053</v>
+      </c>
+      <c r="D1059" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1059" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1059" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1059" s="5" t="s">
         <v>2095</v>
-      </c>
-[...13 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" s="3" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="B1060" s="4" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="C1060" s="5">
-        <v>40076</v>
+        <v>40063</v>
       </c>
       <c r="D1060" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1060" s="5">
         <v>40</v>
       </c>
       <c r="F1060" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1060" s="5" t="s">
-        <v>20</v>
+        <v>773</v>
       </c>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" s="3" t="s">
-        <v>617</v>
+        <v>2096</v>
       </c>
       <c r="B1061" s="4" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="C1061" s="5">
-        <v>40080</v>
+        <v>40076</v>
       </c>
       <c r="D1061" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1061" s="5">
         <v>40</v>
       </c>
       <c r="F1061" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1061" s="5" t="s">
-        <v>1412</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" s="3" t="s">
         <v>617</v>
       </c>
       <c r="B1062" s="4" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="C1062" s="5">
         <v>40080</v>
       </c>
       <c r="D1062" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1062" s="5">
         <v>40</v>
       </c>
       <c r="F1062" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1062" s="5" t="s">
-        <v>2098</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" s="3" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="B1063" s="4" t="s">
         <v>2099</v>
       </c>
       <c r="C1063" s="5">
-        <v>40099</v>
+        <v>40080</v>
       </c>
       <c r="D1063" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1063" s="5">
         <v>40</v>
       </c>
       <c r="F1063" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1063" s="5" t="s">
-        <v>1117</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" s="3" t="s">
         <v>624</v>
       </c>
       <c r="B1064" s="4" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="C1064" s="5">
         <v>40099</v>
       </c>
       <c r="D1064" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1064" s="5">
         <v>40</v>
       </c>
       <c r="F1064" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1064" s="5" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" s="3" t="s">
-        <v>2100</v>
+        <v>624</v>
       </c>
       <c r="B1065" s="4" t="s">
         <v>2101</v>
       </c>
       <c r="C1065" s="5">
-        <v>40107</v>
+        <v>40099</v>
       </c>
       <c r="D1065" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1065" s="5">
         <v>40</v>
       </c>
       <c r="F1065" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1065" s="5" t="s">
-        <v>2102</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" s="3" t="s">
-        <v>617</v>
+        <v>2102</v>
       </c>
       <c r="B1066" s="4" t="s">
         <v>2103</v>
       </c>
       <c r="C1066" s="5">
-        <v>40115</v>
+        <v>40107</v>
       </c>
       <c r="D1066" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1066" s="5">
         <v>40</v>
       </c>
       <c r="F1066" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1066" s="5" t="s">
         <v>2104</v>
       </c>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" s="3" t="s">
-        <v>2094</v>
+        <v>617</v>
       </c>
       <c r="B1067" s="4" t="s">
         <v>2105</v>
       </c>
       <c r="C1067" s="5">
-        <v>40135</v>
+        <v>40115</v>
       </c>
       <c r="D1067" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1067" s="5">
         <v>40</v>
       </c>
       <c r="F1067" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1067" s="5" t="s">
         <v>2106</v>
       </c>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" s="3" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="B1068" s="4" t="s">
         <v>2107</v>
       </c>
       <c r="C1068" s="5">
-        <v>40146</v>
+        <v>40135</v>
       </c>
       <c r="D1068" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1068" s="5">
         <v>40</v>
       </c>
       <c r="F1068" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1068" s="5" t="s">
         <v>2108</v>
       </c>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" s="3" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B1069" s="4" t="s">
         <v>2109</v>
       </c>
-      <c r="B1069" s="4" t="s">
+      <c r="C1069" s="5">
+        <v>40146</v>
+      </c>
+      <c r="D1069" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1069" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1069" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1069" s="5" t="s">
         <v>2110</v>
-      </c>
-[...13 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" s="3" t="s">
-        <v>2089</v>
+        <v>2111</v>
       </c>
       <c r="B1070" s="4" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="C1070" s="5">
         <v>40159</v>
       </c>
       <c r="D1070" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1070" s="5">
         <v>40</v>
       </c>
       <c r="F1070" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1070" s="5" t="s">
-        <v>1088</v>
+        <v>954</v>
       </c>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" s="3" t="s">
-        <v>617</v>
+        <v>2091</v>
       </c>
       <c r="B1071" s="4" t="s">
-        <v>2111</v>
+        <v>2112</v>
       </c>
       <c r="C1071" s="5">
-        <v>40170</v>
+        <v>40159</v>
       </c>
       <c r="D1071" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1071" s="5">
         <v>40</v>
       </c>
       <c r="F1071" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1071" s="5" t="s">
-        <v>1590</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" s="3" t="s">
-        <v>2112</v>
+        <v>617</v>
       </c>
       <c r="B1072" s="4" t="s">
         <v>2113</v>
       </c>
       <c r="C1072" s="5">
-        <v>40194</v>
+        <v>40170</v>
       </c>
       <c r="D1072" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1072" s="5">
         <v>40</v>
       </c>
       <c r="F1072" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1072" s="5" t="s">
-        <v>333</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" s="3" t="s">
-        <v>617</v>
+        <v>2114</v>
       </c>
       <c r="B1073" s="4" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="C1073" s="5">
-        <v>40198</v>
+        <v>40194</v>
       </c>
       <c r="D1073" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1073" s="5">
         <v>40</v>
       </c>
       <c r="F1073" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1073" s="5" t="s">
-        <v>76</v>
+        <v>333</v>
       </c>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" s="3" t="s">
-        <v>2094</v>
+        <v>617</v>
       </c>
       <c r="B1074" s="4" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="C1074" s="5">
-        <v>40228</v>
+        <v>40198</v>
       </c>
       <c r="D1074" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1074" s="5">
         <v>40</v>
       </c>
       <c r="F1074" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1074" s="5" t="s">
-        <v>2116</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" s="3" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B1075" s="4" t="s">
         <v>2117</v>
       </c>
-      <c r="B1075" s="4" t="s">
+      <c r="C1075" s="5">
+        <v>40228</v>
+      </c>
+      <c r="D1075" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1075" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1075" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1075" s="5" t="s">
         <v>2118</v>
-      </c>
-[...13 lines deleted...]
-        <v>2119</v>
       </c>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" s="3" t="s">
-        <v>361</v>
+        <v>2119</v>
       </c>
       <c r="B1076" s="4" t="s">
         <v>2120</v>
       </c>
       <c r="C1076" s="5">
-        <v>42025</v>
+        <v>42020</v>
       </c>
       <c r="D1076" s="4" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="E1076" s="5">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F1076" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1076" s="5" t="s">
-        <v>222</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" s="3" t="s">
-        <v>2121</v>
+        <v>361</v>
       </c>
       <c r="B1077" s="4" t="s">
         <v>2122</v>
       </c>
       <c r="C1077" s="5">
         <v>42025</v>
       </c>
       <c r="D1077" s="4" t="s">
-        <v>14</v>
+        <v>221</v>
       </c>
       <c r="E1077" s="5">
         <v>40</v>
       </c>
       <c r="F1077" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1077" s="5" t="s">
-        <v>2123</v>
+        <v>222</v>
       </c>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" s="3" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B1078" s="4" t="s">
         <v>2124</v>
       </c>
-      <c r="B1078" s="4" t="s">
+      <c r="C1078" s="5">
+        <v>42025</v>
+      </c>
+      <c r="D1078" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1078" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1078" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1078" s="5" t="s">
         <v>2125</v>
-      </c>
-[...13 lines deleted...]
-        <v>2126</v>
       </c>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" s="3" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="B1079" s="4" t="s">
         <v>2127</v>
       </c>
       <c r="C1079" s="5">
-        <v>42037</v>
+        <v>42029</v>
       </c>
       <c r="D1079" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1079" s="5">
         <v>40</v>
       </c>
       <c r="F1079" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1079" s="5" t="s">
-        <v>1569</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" s="3" t="s">
-        <v>2128</v>
+        <v>2126</v>
       </c>
       <c r="B1080" s="4" t="s">
         <v>2129</v>
       </c>
       <c r="C1080" s="5">
-        <v>42071</v>
+        <v>42037</v>
       </c>
       <c r="D1080" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1080" s="5">
         <v>40</v>
       </c>
       <c r="F1080" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1080" s="5" t="s">
-        <v>2130</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" s="3" t="s">
-        <v>617</v>
+        <v>2130</v>
       </c>
       <c r="B1081" s="4" t="s">
         <v>2131</v>
       </c>
       <c r="C1081" s="5">
-        <v>42080</v>
+        <v>42071</v>
       </c>
       <c r="D1081" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1081" s="5">
         <v>40</v>
       </c>
       <c r="F1081" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1081" s="5" t="s">
         <v>2132</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" s="3" t="s">
-        <v>1124</v>
+        <v>617</v>
       </c>
       <c r="B1082" s="4" t="s">
         <v>2133</v>
       </c>
       <c r="C1082" s="5">
-        <v>42113</v>
+        <v>42080</v>
       </c>
       <c r="D1082" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1082" s="5">
         <v>40</v>
       </c>
       <c r="F1082" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="G1082" s="5" t="s">
         <v>2134</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B1083" s="4" t="s">
         <v>2135</v>
       </c>
-      <c r="B1083" s="4" t="s">
+      <c r="C1083" s="5">
+        <v>42113</v>
+      </c>
+      <c r="D1083" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1083" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1083" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="G1083" s="5" t="s">
         <v>2136</v>
-      </c>
-[...13 lines deleted...]
-        <v>2137</v>
       </c>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" s="3" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="B1084" s="4" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="C1084" s="5">
         <v>42132</v>
       </c>
       <c r="D1084" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1084" s="5">
         <v>40</v>
       </c>
       <c r="F1084" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1084" s="5" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" s="3" t="s">
-        <v>2128</v>
+        <v>2137</v>
       </c>
       <c r="B1085" s="4" t="s">
         <v>2138</v>
       </c>
       <c r="C1085" s="5">
-        <v>42173</v>
+        <v>42132</v>
       </c>
       <c r="D1085" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1085" s="5">
         <v>40</v>
       </c>
       <c r="F1085" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1085" s="5" t="s">
-        <v>1599</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" s="3" t="s">
-        <v>2135</v>
+        <v>2130</v>
       </c>
       <c r="B1086" s="4" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="C1086" s="5">
-        <v>42174</v>
+        <v>42173</v>
       </c>
       <c r="D1086" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1086" s="5">
         <v>40</v>
       </c>
       <c r="F1086" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1086" s="5" t="s">
-        <v>1769</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" s="3" t="s">
-        <v>2128</v>
+        <v>2137</v>
       </c>
       <c r="B1087" s="4" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="C1087" s="5">
-        <v>42188</v>
+        <v>42174</v>
       </c>
       <c r="D1087" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1087" s="5">
         <v>40</v>
       </c>
       <c r="F1087" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1087" s="5" t="s">
-        <v>2141</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" s="3" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="B1088" s="4" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="C1088" s="5">
         <v>42188</v>
       </c>
       <c r="D1088" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1088" s="5">
         <v>40</v>
       </c>
       <c r="F1088" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1088" s="5" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" s="3" t="s">
-        <v>541</v>
+        <v>2130</v>
       </c>
       <c r="B1089" s="4" t="s">
         <v>2142</v>
       </c>
       <c r="C1089" s="5">
-        <v>20017</v>
+        <v>42188</v>
       </c>
       <c r="D1089" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1089" s="5">
         <v>40</v>
       </c>
       <c r="F1089" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1089" s="5" t="s">
         <v>2143</v>
       </c>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" s="3" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="B1090" s="4" t="s">
         <v>2144</v>
       </c>
       <c r="C1090" s="5">
-        <v>20018</v>
+        <v>20017</v>
       </c>
       <c r="D1090" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1090" s="5">
         <v>40</v>
       </c>
       <c r="F1090" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1090" s="5" t="s">
         <v>2145</v>
       </c>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" s="3" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="B1091" s="4" t="s">
         <v>2146</v>
       </c>
       <c r="C1091" s="5">
-        <v>20033</v>
+        <v>20018</v>
       </c>
       <c r="D1091" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1091" s="5">
         <v>40</v>
       </c>
       <c r="F1091" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1091" s="5" t="s">
         <v>2147</v>
       </c>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" s="3" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="B1092" s="4" t="s">
         <v>2148</v>
       </c>
       <c r="C1092" s="5">
-        <v>20036</v>
+        <v>20033</v>
       </c>
       <c r="D1092" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1092" s="5">
         <v>40</v>
       </c>
       <c r="F1092" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1092" s="5" t="s">
         <v>2149</v>
       </c>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" s="3" t="s">
         <v>547</v>
       </c>
       <c r="B1093" s="4" t="s">
         <v>2150</v>
       </c>
       <c r="C1093" s="5">
-        <v>20045</v>
+        <v>20036</v>
       </c>
       <c r="D1093" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1093" s="5">
         <v>40</v>
       </c>
       <c r="F1093" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1093" s="5" t="s">
         <v>2151</v>
       </c>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" s="3" t="s">
         <v>547</v>
       </c>
       <c r="B1094" s="4" t="s">
         <v>2152</v>
       </c>
       <c r="C1094" s="5">
-        <v>20071</v>
+        <v>20045</v>
       </c>
       <c r="D1094" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1094" s="5">
         <v>40</v>
       </c>
       <c r="F1094" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1094" s="5" t="s">
         <v>2153</v>
       </c>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" s="3" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="B1095" s="4" t="s">
         <v>2154</v>
       </c>
       <c r="C1095" s="5">
-        <v>20903</v>
+        <v>20071</v>
       </c>
       <c r="D1095" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1095" s="5">
         <v>40</v>
       </c>
       <c r="F1095" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1095" s="5" t="s">
-        <v>423</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" s="3" t="s">
-        <v>2155</v>
+        <v>541</v>
       </c>
       <c r="B1096" s="4" t="s">
         <v>2156</v>
       </c>
       <c r="C1096" s="5">
-        <v>43012</v>
+        <v>20903</v>
       </c>
       <c r="D1096" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1096" s="5">
         <v>40</v>
       </c>
       <c r="F1096" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1096" s="5" t="s">
-        <v>2157</v>
+        <v>423</v>
       </c>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" s="3" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B1097" s="4" t="s">
         <v>2158</v>
       </c>
-      <c r="B1097" s="4" t="s">
+      <c r="C1097" s="5">
+        <v>43012</v>
+      </c>
+      <c r="D1097" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1097" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1097" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1097" s="5" t="s">
         <v>2159</v>
-      </c>
-[...13 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" s="3" t="s">
-        <v>385</v>
+        <v>2160</v>
       </c>
       <c r="B1098" s="4" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="C1098" s="5">
         <v>43013</v>
       </c>
       <c r="D1098" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1098" s="5">
         <v>40</v>
       </c>
       <c r="F1098" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1098" s="5" t="s">
-        <v>1023</v>
+        <v>529</v>
       </c>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" s="3" t="s">
-        <v>2161</v>
+        <v>385</v>
       </c>
       <c r="B1099" s="4" t="s">
         <v>2162</v>
       </c>
       <c r="C1099" s="5">
-        <v>43029</v>
+        <v>43013</v>
       </c>
       <c r="D1099" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1099" s="5">
         <v>40</v>
       </c>
       <c r="F1099" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1099" s="5" t="s">
-        <v>1793</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" s="3" t="s">
         <v>2163</v>
       </c>
       <c r="B1100" s="4" t="s">
         <v>2164</v>
       </c>
       <c r="C1100" s="5">
-        <v>43037</v>
+        <v>43029</v>
       </c>
       <c r="D1100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1100" s="5">
         <v>40</v>
       </c>
       <c r="F1100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1100" s="5" t="s">
-        <v>2165</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" s="3" t="s">
-        <v>385</v>
+        <v>2165</v>
       </c>
       <c r="B1101" s="4" t="s">
         <v>2166</v>
       </c>
       <c r="C1101" s="5">
-        <v>43043</v>
+        <v>43037</v>
       </c>
       <c r="D1101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1101" s="5">
         <v>40</v>
       </c>
       <c r="F1101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1101" s="5" t="s">
-        <v>1674</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" s="3" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
       <c r="B1102" s="4" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="C1102" s="5">
         <v>43043</v>
       </c>
       <c r="D1102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1102" s="5">
         <v>40</v>
       </c>
       <c r="F1102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1102" s="5" t="s">
-        <v>1058</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" s="3" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="B1103" s="4" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="C1103" s="5">
-        <v>43046</v>
+        <v>43043</v>
       </c>
       <c r="D1103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1103" s="5">
         <v>40</v>
       </c>
       <c r="F1103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1103" s="5" t="s">
-        <v>2168</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="B1104" s="4" t="s">
         <v>2169</v>
       </c>
-      <c r="B1104" s="4" t="s">
+      <c r="C1104" s="5">
+        <v>43046</v>
+      </c>
+      <c r="D1104" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1104" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1104" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1104" s="5" t="s">
         <v>2170</v>
-      </c>
-[...13 lines deleted...]
-        <v>2171</v>
       </c>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" s="3" t="s">
-        <v>1380</v>
+        <v>2171</v>
       </c>
       <c r="B1105" s="4" t="s">
         <v>2172</v>
       </c>
       <c r="C1105" s="5">
-        <v>43060</v>
+        <v>43054</v>
       </c>
       <c r="D1105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1105" s="5">
         <v>40</v>
       </c>
       <c r="F1105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1105" s="5" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" s="3" t="s">
         <v>1380</v>
       </c>
       <c r="B1106" s="4" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="C1106" s="5">
         <v>43060</v>
       </c>
       <c r="D1106" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1106" s="5">
         <v>40</v>
       </c>
       <c r="F1106" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1106" s="5" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" s="3" t="s">
-        <v>2158</v>
+        <v>1380</v>
       </c>
       <c r="B1107" s="4" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="C1107" s="5">
         <v>43060</v>
       </c>
       <c r="D1107" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1107" s="5">
         <v>40</v>
       </c>
       <c r="F1107" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1107" s="5" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" s="3" t="s">
-        <v>361</v>
+        <v>2160</v>
       </c>
       <c r="B1108" s="4" t="s">
-        <v>2175</v>
+        <v>2174</v>
       </c>
       <c r="C1108" s="5">
-        <v>43068</v>
+        <v>43060</v>
       </c>
       <c r="D1108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1108" s="5">
         <v>40</v>
       </c>
       <c r="F1108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1108" s="5" t="s">
         <v>2176</v>
       </c>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B1109" s="4" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="C1109" s="5">
         <v>43068</v>
       </c>
       <c r="D1109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1109" s="5">
         <v>40</v>
       </c>
       <c r="F1109" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="G1109" s="5" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" s="3" t="s">
-        <v>2169</v>
+        <v>361</v>
       </c>
       <c r="B1110" s="4" t="s">
         <v>2177</v>
       </c>
       <c r="C1110" s="5">
-        <v>43075</v>
+        <v>43068</v>
       </c>
       <c r="D1110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1110" s="5">
         <v>40</v>
       </c>
       <c r="F1110" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="G1110" s="5" t="s">
-        <v>956</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" s="3" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="B1111" s="4" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="C1111" s="5">
-        <v>43086</v>
+        <v>43075</v>
       </c>
       <c r="D1111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1111" s="5">
         <v>40</v>
       </c>
       <c r="F1111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1111" s="5" t="s">
-        <v>2179</v>
+        <v>956</v>
       </c>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" s="3" t="s">
-        <v>2158</v>
+        <v>2171</v>
       </c>
       <c r="B1112" s="4" t="s">
         <v>2180</v>
       </c>
       <c r="C1112" s="5">
-        <v>43093</v>
+        <v>43086</v>
       </c>
       <c r="D1112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1112" s="5">
         <v>40</v>
       </c>
       <c r="F1112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1112" s="5" t="s">
         <v>2181</v>
       </c>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" s="3" t="s">
-        <v>2169</v>
+        <v>2160</v>
       </c>
       <c r="B1113" s="4" t="s">
         <v>2182</v>
       </c>
       <c r="C1113" s="5">
-        <v>43096</v>
+        <v>43093</v>
       </c>
       <c r="D1113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1113" s="5">
         <v>40</v>
       </c>
       <c r="F1113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1113" s="5" t="s">
-        <v>959</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" s="3" t="s">
-        <v>2183</v>
+        <v>2171</v>
       </c>
       <c r="B1114" s="4" t="s">
         <v>2184</v>
       </c>
       <c r="C1114" s="5">
-        <v>43111</v>
+        <v>43096</v>
       </c>
       <c r="D1114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1114" s="5">
         <v>40</v>
       </c>
       <c r="F1114" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1114" s="5" t="s">
-        <v>926</v>
+        <v>959</v>
       </c>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" s="3" t="s">
-        <v>2163</v>
+        <v>2185</v>
       </c>
       <c r="B1115" s="4" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="C1115" s="5">
-        <v>43131</v>
+        <v>43111</v>
       </c>
       <c r="D1115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1115" s="5">
         <v>40</v>
       </c>
       <c r="F1115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1115" s="5" t="s">
-        <v>499</v>
+        <v>926</v>
       </c>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" s="3" t="s">
-        <v>371</v>
+        <v>2165</v>
       </c>
       <c r="B1116" s="4" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="C1116" s="5">
-        <v>43905</v>
+        <v>43131</v>
       </c>
       <c r="D1116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1116" s="5">
         <v>40</v>
       </c>
       <c r="F1116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1116" s="5" t="s">
-        <v>2187</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B1117" s="4" t="s">
         <v>2188</v>
       </c>
       <c r="C1117" s="5">
-        <v>43152</v>
+        <v>43905</v>
       </c>
       <c r="D1117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1117" s="5">
         <v>40</v>
       </c>
       <c r="F1117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1117" s="5" t="s">
         <v>2189</v>
       </c>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" s="3" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="B1118" s="4" t="s">
         <v>2190</v>
       </c>
       <c r="C1118" s="5">
-        <v>43155</v>
+        <v>43152</v>
       </c>
       <c r="D1118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1118" s="5">
         <v>40</v>
       </c>
       <c r="F1118" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="G1118" s="5" t="s">
-        <v>2051</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B1119" s="4" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="C1119" s="5">
         <v>43155</v>
       </c>
       <c r="D1119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1119" s="5">
         <v>40</v>
       </c>
       <c r="F1119" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="G1119" s="5" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B1120" s="4" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="C1120" s="5">
         <v>43155</v>
       </c>
       <c r="D1120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1120" s="5">
         <v>40</v>
       </c>
       <c r="F1120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1120" s="5" t="s">
-        <v>1704</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" s="3" t="s">
-        <v>2169</v>
+        <v>361</v>
       </c>
       <c r="B1121" s="4" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="C1121" s="5">
-        <v>43161</v>
+        <v>43155</v>
       </c>
       <c r="D1121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1121" s="5">
         <v>40</v>
       </c>
       <c r="F1121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1121" s="5" t="s">
-        <v>2193</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" s="3" t="s">
-        <v>385</v>
+        <v>2171</v>
       </c>
       <c r="B1122" s="4" t="s">
         <v>2194</v>
       </c>
       <c r="C1122" s="5">
-        <v>43162</v>
+        <v>43161</v>
       </c>
       <c r="D1122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1122" s="5">
         <v>40</v>
       </c>
       <c r="F1122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1122" s="5" t="s">
         <v>2195</v>
       </c>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" s="3" t="s">
-        <v>2169</v>
+        <v>385</v>
       </c>
       <c r="B1123" s="4" t="s">
         <v>2196</v>
       </c>
       <c r="C1123" s="5">
-        <v>43176</v>
+        <v>43162</v>
       </c>
       <c r="D1123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1123" s="5">
         <v>40</v>
       </c>
       <c r="F1123" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1123" s="5" t="s">
-        <v>792</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" s="3" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="B1124" s="4" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="C1124" s="5">
-        <v>43143</v>
+        <v>43176</v>
       </c>
       <c r="D1124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1124" s="5">
         <v>40</v>
       </c>
       <c r="F1124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1124" s="5" t="s">
-        <v>1789</v>
+        <v>792</v>
       </c>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" s="3" t="s">
-        <v>2198</v>
+        <v>2171</v>
       </c>
       <c r="B1125" s="4" t="s">
         <v>2199</v>
       </c>
       <c r="C1125" s="5">
-        <v>44010</v>
+        <v>43143</v>
       </c>
       <c r="D1125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1125" s="5">
         <v>40</v>
       </c>
       <c r="F1125" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1125" s="5" t="s">
-        <v>639</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" s="3" t="s">
-        <v>371</v>
+        <v>2200</v>
       </c>
       <c r="B1126" s="4" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="C1126" s="5">
-        <v>44013</v>
+        <v>44010</v>
       </c>
       <c r="D1126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1126" s="5">
         <v>40</v>
       </c>
       <c r="F1126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1126" s="5" t="s">
-        <v>2201</v>
+        <v>639</v>
       </c>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" s="3" t="s">
-        <v>1259</v>
+        <v>371</v>
       </c>
       <c r="B1127" s="4" t="s">
         <v>2202</v>
       </c>
       <c r="C1127" s="5">
-        <v>44023</v>
+        <v>44013</v>
       </c>
       <c r="D1127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1127" s="5">
         <v>40</v>
       </c>
       <c r="F1127" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1127" s="5" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" s="3" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B1128" s="4" t="s">
         <v>2204</v>
       </c>
-      <c r="B1128" s="4" t="s">
+      <c r="C1128" s="5">
+        <v>44023</v>
+      </c>
+      <c r="D1128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1128" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1128" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1128" s="5" t="s">
         <v>2205</v>
-      </c>
-[...13 lines deleted...]
-        <v>2206</v>
       </c>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" s="3" t="s">
-        <v>371</v>
+        <v>2206</v>
       </c>
       <c r="B1129" s="4" t="s">
         <v>2207</v>
       </c>
       <c r="C1129" s="5">
-        <v>44052</v>
+        <v>44039</v>
       </c>
       <c r="D1129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1129" s="5">
         <v>40</v>
       </c>
       <c r="F1129" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1129" s="5" t="s">
         <v>2208</v>
       </c>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B1130" s="4" t="s">
         <v>2209</v>
       </c>
-      <c r="B1130" s="4" t="s">
+      <c r="C1130" s="5">
+        <v>44052</v>
+      </c>
+      <c r="D1130" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1130" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1130" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1130" s="5" t="s">
         <v>2210</v>
-      </c>
-[...13 lines deleted...]
-        <v>2211</v>
       </c>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" s="3" t="s">
-        <v>361</v>
+        <v>2211</v>
       </c>
       <c r="B1131" s="4" t="s">
         <v>2212</v>
       </c>
       <c r="C1131" s="5">
-        <v>44071</v>
+        <v>44056</v>
       </c>
       <c r="D1131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1131" s="5">
         <v>40</v>
       </c>
       <c r="F1131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1131" s="5" t="s">
-        <v>1909</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" s="3" t="s">
-        <v>2213</v>
+        <v>361</v>
       </c>
       <c r="B1132" s="4" t="s">
         <v>2214</v>
       </c>
       <c r="C1132" s="5">
-        <v>44082</v>
+        <v>44071</v>
       </c>
       <c r="D1132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1132" s="5">
         <v>40</v>
       </c>
       <c r="F1132" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1132" s="5" t="s">
-        <v>2215</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" s="3" t="s">
-        <v>1259</v>
+        <v>2215</v>
       </c>
       <c r="B1133" s="4" t="s">
         <v>2216</v>
       </c>
       <c r="C1133" s="5">
-        <v>44105</v>
+        <v>44082</v>
       </c>
       <c r="D1133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1133" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1133" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1133" s="5" t="s">
-        <v>424</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" s="3" t="s">
-        <v>2213</v>
+        <v>1259</v>
       </c>
       <c r="B1134" s="4" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="C1134" s="5">
-        <v>44117</v>
+        <v>44105</v>
       </c>
       <c r="D1134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1134" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1134" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1134" s="5" t="s">
-        <v>1778</v>
+        <v>424</v>
       </c>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" s="3" t="s">
-        <v>350</v>
+        <v>2215</v>
       </c>
       <c r="B1135" s="4" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="C1135" s="5">
         <v>44117</v>
       </c>
       <c r="D1135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1135" s="5">
         <v>40</v>
       </c>
       <c r="F1135" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1135" s="5" t="s">
-        <v>2218</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" s="3" t="s">
-        <v>1259</v>
+        <v>350</v>
       </c>
       <c r="B1136" s="4" t="s">
         <v>2219</v>
       </c>
       <c r="C1136" s="5">
-        <v>44118</v>
+        <v>44117</v>
       </c>
       <c r="D1136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1136" s="5">
         <v>40</v>
       </c>
       <c r="F1136" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1136" s="5" t="s">
         <v>2220</v>
       </c>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" s="3" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B1137" s="4" t="s">
         <v>2221</v>
       </c>
-      <c r="B1137" s="4" t="s">
+      <c r="C1137" s="5">
+        <v>44118</v>
+      </c>
+      <c r="D1137" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1137" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1137" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1137" s="5" t="s">
         <v>2222</v>
-      </c>
-[...13 lines deleted...]
-        <v>2223</v>
       </c>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" s="3" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="B1138" s="4" t="s">
         <v>2224</v>
       </c>
       <c r="C1138" s="5">
-        <v>44143</v>
+        <v>44137</v>
       </c>
       <c r="D1138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1138" s="5">
         <v>40</v>
       </c>
       <c r="F1138" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1138" s="5" t="s">
-        <v>89</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" s="3" t="s">
-        <v>2225</v>
+        <v>2223</v>
       </c>
       <c r="B1139" s="4" t="s">
         <v>2226</v>
       </c>
       <c r="C1139" s="5">
-        <v>44160</v>
+        <v>44143</v>
       </c>
       <c r="D1139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1139" s="5">
         <v>40</v>
       </c>
       <c r="F1139" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1139" s="5" t="s">
-        <v>255</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" s="3" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="B1140" s="4" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="C1140" s="5">
         <v>44160</v>
       </c>
       <c r="D1140" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1140" s="5">
         <v>40</v>
       </c>
       <c r="F1140" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1140" s="5" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" s="3" t="s">
         <v>2227</v>
       </c>
       <c r="B1141" s="4" t="s">
         <v>2228</v>
       </c>
       <c r="C1141" s="5">
-        <v>44163</v>
+        <v>44160</v>
       </c>
       <c r="D1141" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1141" s="5">
         <v>40</v>
       </c>
       <c r="F1141" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1141" s="5" t="s">
-        <v>2086</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" s="3" t="s">
-        <v>2221</v>
+        <v>2229</v>
       </c>
       <c r="B1142" s="4" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="C1142" s="5">
-        <v>44192</v>
+        <v>44163</v>
       </c>
       <c r="D1142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1142" s="5">
         <v>40</v>
       </c>
       <c r="F1142" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1142" s="5" t="s">
-        <v>2102</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" s="3" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="B1143" s="4" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="C1143" s="5">
-        <v>44206</v>
+        <v>44192</v>
       </c>
       <c r="D1143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1143" s="5">
         <v>40</v>
       </c>
       <c r="F1143" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1143" s="5" t="s">
-        <v>415</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" s="3" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="B1144" s="4" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="C1144" s="5">
-        <v>44210</v>
+        <v>44206</v>
       </c>
       <c r="D1144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1144" s="5">
         <v>40</v>
       </c>
       <c r="F1144" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1144" s="5" t="s">
-        <v>604</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" s="3" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="B1145" s="4" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="C1145" s="5">
-        <v>44216</v>
+        <v>44210</v>
       </c>
       <c r="D1145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1145" s="5">
         <v>40</v>
       </c>
       <c r="F1145" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1145" s="5" t="s">
-        <v>2233</v>
+        <v>604</v>
       </c>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" s="3" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B1146" s="4" t="s">
         <v>2234</v>
       </c>
-      <c r="B1146" s="4" t="s">
+      <c r="C1146" s="5">
+        <v>44216</v>
+      </c>
+      <c r="D1146" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1146" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1146" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1146" s="5" t="s">
         <v>2235</v>
-      </c>
-[...13 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" s="3" t="s">
         <v>2236</v>
       </c>
       <c r="B1147" s="4" t="s">
         <v>2237</v>
       </c>
       <c r="C1147" s="5">
-        <v>44261</v>
+        <v>44240</v>
       </c>
       <c r="D1147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1147" s="5">
         <v>40</v>
       </c>
       <c r="F1147" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1147" s="5" t="s">
-        <v>1436</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" s="3" t="s">
-        <v>1259</v>
+        <v>2238</v>
       </c>
       <c r="B1148" s="4" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="C1148" s="5">
-        <v>44265</v>
+        <v>44261</v>
       </c>
       <c r="D1148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1148" s="5">
         <v>40</v>
       </c>
       <c r="F1148" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1148" s="5" t="s">
-        <v>1314</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" s="3" t="s">
-        <v>2117</v>
+        <v>1259</v>
       </c>
       <c r="B1149" s="4" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="C1149" s="5">
-        <v>44192</v>
+        <v>44265</v>
       </c>
       <c r="D1149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1149" s="5">
         <v>40</v>
       </c>
       <c r="F1149" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1149" s="5" t="s">
-        <v>2240</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="1150" spans="1:7">
       <c r="A1150" s="3" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B1150" s="4" t="s">
         <v>2241</v>
       </c>
-      <c r="B1150" s="4" t="s">
+      <c r="C1150" s="5">
+        <v>44192</v>
+      </c>
+      <c r="D1150" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1150" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1150" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1150" s="5" t="s">
         <v>2242</v>
-      </c>
-[...13 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="1151" spans="1:7">
       <c r="A1151" s="3" t="s">
         <v>2243</v>
       </c>
       <c r="B1151" s="4" t="s">
         <v>2244</v>
       </c>
       <c r="C1151" s="5">
         <v>38001</v>
       </c>
       <c r="D1151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1151" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1151" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1151" s="5" t="s">
-        <v>2245</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="1152" spans="1:7">
       <c r="A1152" s="3" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B1152" s="4" t="s">
         <v>2246</v>
       </c>
-      <c r="B1152" s="4" t="s">
+      <c r="C1152" s="5">
+        <v>38001</v>
+      </c>
+      <c r="D1152" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1152" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1152" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1152" s="5" t="s">
         <v>2247</v>
-      </c>
-[...13 lines deleted...]
-        <v>2248</v>
       </c>
     </row>
     <row r="1153" spans="1:7">
       <c r="A1153" s="3" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="B1153" s="4" t="s">
         <v>2249</v>
       </c>
       <c r="C1153" s="5">
         <v>38003</v>
       </c>
       <c r="D1153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1153" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1153" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1153" s="5" t="s">
         <v>2250</v>
       </c>
     </row>
     <row r="1154" spans="1:7">
       <c r="A1154" s="3" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B1154" s="4" t="s">
         <v>2251</v>
       </c>
-      <c r="B1154" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1154" s="5">
-        <v>38005</v>
+        <v>38003</v>
       </c>
       <c r="D1154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1154" s="5">
         <v>20</v>
       </c>
       <c r="F1154" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1154" s="5" t="s">
-        <v>2253</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="1155" spans="1:7">
       <c r="A1155" s="3" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="B1155" s="4" t="s">
         <v>2254</v>
       </c>
       <c r="C1155" s="5">
         <v>38005</v>
       </c>
       <c r="D1155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1155" s="5">
         <v>20</v>
       </c>
       <c r="F1155" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1155" s="5" t="s">
-        <v>713</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="1156" spans="1:7">
       <c r="A1156" s="3" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="B1156" s="4" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="C1156" s="5">
         <v>38005</v>
       </c>
       <c r="D1156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1156" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1156" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1156" s="5" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="1157" spans="1:7">
       <c r="A1157" s="3" t="s">
-        <v>2255</v>
+        <v>2253</v>
       </c>
       <c r="B1157" s="4" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="C1157" s="5">
         <v>38005</v>
       </c>
       <c r="D1157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1157" s="5">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="F1157" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1157" s="5" t="s">
-        <v>2256</v>
+        <v>713</v>
       </c>
     </row>
     <row r="1158" spans="1:7">
       <c r="A1158" s="3" t="s">
-        <v>2241</v>
+        <v>2257</v>
       </c>
       <c r="B1158" s="4" t="s">
-        <v>2257</v>
+        <v>2256</v>
       </c>
       <c r="C1158" s="5">
-        <v>38006</v>
+        <v>38005</v>
       </c>
       <c r="D1158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1158" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F1158" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1158" s="5" t="s">
         <v>2258</v>
       </c>
     </row>
     <row r="1159" spans="1:7">
       <c r="A1159" s="3" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B1159" s="4" t="s">
         <v>2259</v>
       </c>
-      <c r="B1159" s="4" t="s">
+      <c r="C1159" s="5">
+        <v>38006</v>
+      </c>
+      <c r="D1159" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1159" s="5">
+        <v>20</v>
+      </c>
+      <c r="F1159" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1159" s="5" t="s">
         <v>2260</v>
-      </c>
-[...13 lines deleted...]
-        <v>2261</v>
       </c>
     </row>
     <row r="1160" spans="1:7">
       <c r="A1160" s="3" t="s">
-        <v>2243</v>
+        <v>2261</v>
       </c>
       <c r="B1160" s="4" t="s">
         <v>2262</v>
       </c>
       <c r="C1160" s="5">
-        <v>38012</v>
+        <v>38010</v>
       </c>
       <c r="D1160" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1160" s="5">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F1160" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="G1160" s="5" t="s">
-        <v>573</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="1161" spans="1:7">
       <c r="A1161" s="3" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="B1161" s="4" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
       <c r="C1161" s="5">
-        <v>38017</v>
+        <v>38012</v>
       </c>
       <c r="D1161" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1161" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1161" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1161" s="5" t="s">
-        <v>2264</v>
+        <v>573</v>
       </c>
     </row>
     <row r="1162" spans="1:7">
       <c r="A1162" s="3" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B1162" s="4" t="s">
         <v>2265</v>
       </c>
-      <c r="B1162" s="4" t="s">
+      <c r="C1162" s="5">
+        <v>38017</v>
+      </c>
+      <c r="D1162" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1162" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1162" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1162" s="5" t="s">
         <v>2266</v>
-      </c>
-[...13 lines deleted...]
-        <v>2267</v>
       </c>
     </row>
     <row r="1163" spans="1:7">
       <c r="A1163" s="3" t="s">
-        <v>2241</v>
+        <v>2267</v>
       </c>
       <c r="B1163" s="4" t="s">
         <v>2268</v>
       </c>
       <c r="C1163" s="5">
-        <v>38020</v>
+        <v>38018</v>
       </c>
       <c r="D1163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1163" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1163" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1163" s="5" t="s">
-        <v>1123</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="1164" spans="1:7">
       <c r="A1164" s="3" t="s">
-        <v>2269</v>
+        <v>2243</v>
       </c>
       <c r="B1164" s="4" t="s">
         <v>2270</v>
       </c>
       <c r="C1164" s="5">
-        <v>38024</v>
+        <v>38020</v>
       </c>
       <c r="D1164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1164" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1164" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1164" s="5" t="s">
-        <v>1909</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="1165" spans="1:7">
       <c r="A1165" s="3" t="s">
-        <v>2241</v>
+        <v>2271</v>
       </c>
       <c r="B1165" s="4" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="C1165" s="5">
-        <v>38028</v>
+        <v>38024</v>
       </c>
       <c r="D1165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1165" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1165" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1165" s="5" t="s">
-        <v>675</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="1166" spans="1:7">
       <c r="A1166" s="3" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="B1166" s="4" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="C1166" s="5">
         <v>38028</v>
       </c>
       <c r="D1166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1166" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1166" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1166" s="5" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="1167" spans="1:7">
       <c r="A1167" s="3" t="s">
-        <v>2269</v>
+        <v>2243</v>
       </c>
       <c r="B1167" s="4" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="C1167" s="5">
-        <v>38030</v>
+        <v>38028</v>
       </c>
       <c r="D1167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1167" s="5">
         <v>40</v>
       </c>
       <c r="F1167" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1167" s="5" t="s">
-        <v>1771</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1168" spans="1:7">
       <c r="A1168" s="3" t="s">
-        <v>2241</v>
+        <v>2271</v>
       </c>
       <c r="B1168" s="4" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="C1168" s="5">
-        <v>38031</v>
+        <v>38030</v>
       </c>
       <c r="D1168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1168" s="5">
         <v>40</v>
       </c>
       <c r="F1168" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1168" s="5" t="s">
-        <v>2274</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="1169" spans="1:7">
       <c r="A1169" s="3" t="s">
         <v>2243</v>
       </c>
       <c r="B1169" s="4" t="s">
         <v>2275</v>
       </c>
       <c r="C1169" s="5">
-        <v>38023</v>
+        <v>38031</v>
       </c>
       <c r="D1169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1169" s="5">
         <v>40</v>
       </c>
       <c r="F1169" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1169" s="5" t="s">
-        <v>770</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="1170" spans="1:7">
       <c r="A1170" s="3" t="s">
-        <v>2241</v>
+        <v>2245</v>
       </c>
       <c r="B1170" s="4" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="C1170" s="5">
         <v>38023</v>
       </c>
       <c r="D1170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1170" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1170" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1170" s="5" t="s">
-        <v>2277</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1171" spans="1:7">
       <c r="A1171" s="3" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="B1171" s="4" t="s">
         <v>2278</v>
       </c>
       <c r="C1171" s="5">
         <v>38023</v>
       </c>
       <c r="D1171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1171" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1171" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1171" s="5" t="s">
-        <v>713</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="1172" spans="1:7">
       <c r="A1172" s="3" t="s">
-        <v>2279</v>
+        <v>2243</v>
       </c>
       <c r="B1172" s="4" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="C1172" s="5">
         <v>38023</v>
       </c>
       <c r="D1172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1172" s="5">
         <v>40</v>
       </c>
       <c r="F1172" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1172" s="5" t="s">
-        <v>230</v>
+        <v>713</v>
       </c>
     </row>
     <row r="1173" spans="1:7">
       <c r="A1173" s="3" t="s">
-        <v>2243</v>
+        <v>2281</v>
       </c>
       <c r="B1173" s="4" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="C1173" s="5">
         <v>38023</v>
       </c>
       <c r="D1173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1173" s="5">
         <v>40</v>
       </c>
       <c r="F1173" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1173" s="5" t="s">
-        <v>1145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1174" spans="1:7">
       <c r="A1174" s="3" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="B1174" s="4" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="C1174" s="5">
         <v>38023</v>
       </c>
       <c r="D1174" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1174" s="5">
         <v>40</v>
       </c>
       <c r="F1174" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1174" s="5" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="1175" spans="1:7">
       <c r="A1175" s="3" t="s">
-        <v>2241</v>
+        <v>2245</v>
       </c>
       <c r="B1175" s="4" t="s">
         <v>2280</v>
       </c>
       <c r="C1175" s="5">
-        <v>38035</v>
+        <v>38023</v>
       </c>
       <c r="D1175" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1175" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1175" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1175" s="5" t="s">
-        <v>892</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="1176" spans="1:7">
       <c r="A1176" s="3" t="s">
-        <v>2246</v>
+        <v>2243</v>
       </c>
       <c r="B1176" s="4" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
       <c r="C1176" s="5">
-        <v>38036</v>
+        <v>38035</v>
       </c>
       <c r="D1176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1176" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1176" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1176" s="5" t="s">
-        <v>2282</v>
+        <v>892</v>
       </c>
     </row>
     <row r="1177" spans="1:7">
       <c r="A1177" s="3" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="B1177" s="4" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="C1177" s="5">
         <v>38036</v>
       </c>
       <c r="D1177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1177" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1177" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1177" s="5" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="1178" spans="1:7">
       <c r="A1178" s="3" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="B1178" s="4" t="s">
         <v>2283</v>
       </c>
       <c r="C1178" s="5">
         <v>38036</v>
       </c>
       <c r="D1178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1178" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1178" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1178" s="5" t="s">
-        <v>616</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="1179" spans="1:7">
       <c r="A1179" s="3" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="B1179" s="4" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="C1179" s="5">
-        <v>38037</v>
+        <v>38036</v>
       </c>
       <c r="D1179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1179" s="5">
         <v>40</v>
       </c>
       <c r="F1179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1179" s="5" t="s">
-        <v>1814</v>
+        <v>616</v>
       </c>
     </row>
     <row r="1180" spans="1:7">
       <c r="A1180" s="3" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="B1180" s="4" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="C1180" s="5">
         <v>38037</v>
       </c>
       <c r="D1180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1180" s="5">
         <v>40</v>
       </c>
       <c r="F1180" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1180" s="5" t="s">
         <v>1814</v>
       </c>
     </row>
     <row r="1181" spans="1:7">
       <c r="A1181" s="3" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="B1181" s="4" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="C1181" s="5">
-        <v>38039</v>
+        <v>38037</v>
       </c>
       <c r="D1181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1181" s="5">
         <v>40</v>
       </c>
       <c r="F1181" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1181" s="5" t="s">
-        <v>2286</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="1182" spans="1:7">
       <c r="A1182" s="3" t="s">
-        <v>2241</v>
+        <v>2248</v>
       </c>
       <c r="B1182" s="4" t="s">
         <v>2287</v>
       </c>
       <c r="C1182" s="5">
-        <v>38043</v>
+        <v>38039</v>
       </c>
       <c r="D1182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1182" s="5">
         <v>40</v>
       </c>
       <c r="F1182" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1182" s="5" t="s">
         <v>2288</v>
       </c>
     </row>
     <row r="1183" spans="1:7">
       <c r="A1183" s="3" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="B1183" s="4" t="s">
         <v>2289</v>
       </c>
       <c r="C1183" s="5">
-        <v>38046</v>
+        <v>38043</v>
       </c>
       <c r="D1183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1183" s="5">
         <v>40</v>
       </c>
       <c r="F1183" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1183" s="5" t="s">
         <v>2290</v>
       </c>
     </row>
     <row r="1184" spans="1:7">
       <c r="A1184" s="3" t="s">
-        <v>2251</v>
+        <v>2243</v>
       </c>
       <c r="B1184" s="4" t="s">
         <v>2291</v>
       </c>
       <c r="C1184" s="5">
-        <v>38047</v>
+        <v>38046</v>
       </c>
       <c r="D1184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1184" s="5">
         <v>40</v>
       </c>
       <c r="F1184" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1184" s="5" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="1185" spans="1:7">
       <c r="A1185" s="3" t="s">
-        <v>2292</v>
+        <v>2253</v>
       </c>
       <c r="B1185" s="4" t="s">
         <v>2293</v>
       </c>
       <c r="C1185" s="5">
-        <v>38049</v>
+        <v>38047</v>
       </c>
       <c r="D1185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1185" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1185" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="G1185" s="5" t="s">
-        <v>2294</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="1186" spans="1:7">
       <c r="A1186" s="3" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B1186" s="4" t="s">
         <v>2295</v>
       </c>
-      <c r="B1186" s="4" t="s">
+      <c r="C1186" s="5">
+        <v>38049</v>
+      </c>
+      <c r="D1186" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1186" s="5">
+        <v>20</v>
+      </c>
+      <c r="F1186" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="G1186" s="5" t="s">
         <v>2296</v>
-      </c>
-[...13 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="1187" spans="1:7">
       <c r="A1187" s="3" t="s">
         <v>2297</v>
       </c>
       <c r="B1187" s="4" t="s">
         <v>2298</v>
       </c>
       <c r="C1187" s="5">
         <v>38053</v>
       </c>
       <c r="D1187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1187" s="5">
         <v>40</v>
       </c>
       <c r="F1187" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1187" s="5" t="s">
-        <v>2299</v>
+        <v>529</v>
       </c>
     </row>
     <row r="1188" spans="1:7">
       <c r="A1188" s="3" t="s">
-        <v>964</v>
+        <v>2299</v>
       </c>
       <c r="B1188" s="4" t="s">
         <v>2300</v>
       </c>
       <c r="C1188" s="5">
-        <v>45001</v>
+        <v>38053</v>
       </c>
       <c r="D1188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1188" s="5">
         <v>40</v>
       </c>
       <c r="F1188" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1188" s="5" t="s">
-        <v>16</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="1189" spans="1:7">
       <c r="A1189" s="3" t="s">
-        <v>1015</v>
+        <v>964</v>
       </c>
       <c r="B1189" s="4" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="C1189" s="5">
-        <v>45002</v>
+        <v>45001</v>
       </c>
       <c r="D1189" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1189" s="5">
         <v>40</v>
       </c>
       <c r="F1189" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1189" s="5" t="s">
-        <v>1725</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1190" spans="1:7">
       <c r="A1190" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1190" s="4" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="C1190" s="5">
-        <v>45003</v>
+        <v>45002</v>
       </c>
       <c r="D1190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1190" s="5">
         <v>40</v>
       </c>
       <c r="F1190" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1190" s="5" t="s">
-        <v>1810</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="1191" spans="1:7">
       <c r="A1191" s="3" t="s">
-        <v>964</v>
+        <v>1015</v>
       </c>
       <c r="B1191" s="4" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="C1191" s="5">
-        <v>45012</v>
+        <v>45003</v>
       </c>
       <c r="D1191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1191" s="5">
         <v>40</v>
       </c>
       <c r="F1191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1191" s="5" t="s">
-        <v>1132</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="1192" spans="1:7">
       <c r="A1192" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1192" s="4" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="C1192" s="5">
         <v>45012</v>
       </c>
       <c r="D1192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1192" s="5">
         <v>40</v>
       </c>
       <c r="F1192" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1192" s="5" t="s">
-        <v>2305</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="1193" spans="1:7">
       <c r="A1193" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="B1193" s="4" t="s">
         <v>2306</v>
       </c>
-      <c r="B1193" s="4" t="s">
+      <c r="C1193" s="5">
+        <v>45012</v>
+      </c>
+      <c r="D1193" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1193" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1193" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1193" s="5" t="s">
         <v>2307</v>
-      </c>
-[...13 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="1194" spans="1:7">
       <c r="A1194" s="3" t="s">
-        <v>1015</v>
+        <v>2308</v>
       </c>
       <c r="B1194" s="4" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="C1194" s="5">
-        <v>45021</v>
+        <v>45019</v>
       </c>
       <c r="D1194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1194" s="5">
         <v>40</v>
       </c>
       <c r="F1194" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1194" s="5" t="s">
-        <v>1620</v>
+        <v>716</v>
       </c>
     </row>
     <row r="1195" spans="1:7">
       <c r="A1195" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1195" s="4" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="C1195" s="5">
-        <v>45027</v>
+        <v>45021</v>
       </c>
       <c r="D1195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1195" s="5">
         <v>40</v>
       </c>
       <c r="F1195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1195" s="5" t="s">
-        <v>2310</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="1196" spans="1:7">
       <c r="A1196" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1196" s="4" t="s">
         <v>2311</v>
       </c>
       <c r="C1196" s="5">
-        <v>45031</v>
+        <v>45027</v>
       </c>
       <c r="D1196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1196" s="5">
         <v>40</v>
       </c>
       <c r="F1196" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1196" s="5" t="s">
-        <v>933</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="1197" spans="1:7">
       <c r="A1197" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1197" s="4" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="C1197" s="5">
         <v>45031</v>
       </c>
       <c r="D1197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1197" s="5">
         <v>40</v>
       </c>
       <c r="F1197" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1197" s="5" t="s">
-        <v>2313</v>
+        <v>933</v>
       </c>
     </row>
     <row r="1198" spans="1:7">
       <c r="A1198" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B1198" s="4" t="s">
         <v>2314</v>
       </c>
-      <c r="B1198" s="4" t="s">
+      <c r="C1198" s="5">
+        <v>45031</v>
+      </c>
+      <c r="D1198" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1198" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1198" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1198" s="5" t="s">
         <v>2315</v>
-      </c>
-[...13 lines deleted...]
-        <v>2195</v>
       </c>
     </row>
     <row r="1199" spans="1:7">
       <c r="A1199" s="3" t="s">
-        <v>1015</v>
+        <v>2316</v>
       </c>
       <c r="B1199" s="4" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="C1199" s="5">
-        <v>45036</v>
+        <v>45035</v>
       </c>
       <c r="D1199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1199" s="5">
         <v>40</v>
       </c>
       <c r="F1199" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1199" s="5" t="s">
-        <v>882</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="1200" spans="1:7">
       <c r="A1200" s="3" t="s">
-        <v>1020</v>
+        <v>1015</v>
       </c>
       <c r="B1200" s="4" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="C1200" s="5">
         <v>45036</v>
       </c>
       <c r="D1200" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1200" s="5">
         <v>40</v>
       </c>
       <c r="F1200" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1200" s="5" t="s">
-        <v>233</v>
+        <v>882</v>
       </c>
     </row>
     <row r="1201" spans="1:7">
       <c r="A1201" s="3" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="B1201" s="4" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="C1201" s="5">
-        <v>45041</v>
+        <v>45036</v>
       </c>
       <c r="D1201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1201" s="5">
         <v>40</v>
       </c>
       <c r="F1201" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1201" s="5" t="s">
-        <v>745</v>
+        <v>233</v>
       </c>
     </row>
     <row r="1202" spans="1:7">
       <c r="A1202" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1202" s="4" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="C1202" s="5">
-        <v>45056</v>
+        <v>45041</v>
       </c>
       <c r="D1202" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1202" s="5">
         <v>40</v>
       </c>
       <c r="F1202" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1202" s="5" t="s">
-        <v>118</v>
+        <v>745</v>
       </c>
     </row>
     <row r="1203" spans="1:7">
       <c r="A1203" s="3" t="s">
-        <v>964</v>
+        <v>1015</v>
       </c>
       <c r="B1203" s="4" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="C1203" s="5">
-        <v>45053</v>
+        <v>45056</v>
       </c>
       <c r="D1203" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1203" s="5">
         <v>40</v>
       </c>
       <c r="F1203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1203" s="5" t="s">
-        <v>496</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1204" spans="1:7">
       <c r="A1204" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1204" s="4" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="C1204" s="5">
         <v>45053</v>
       </c>
       <c r="D1204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1204" s="5">
         <v>40</v>
       </c>
       <c r="F1204" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="G1204" s="5" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="1205" spans="1:7">
       <c r="A1205" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1205" s="4" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="C1205" s="5">
         <v>45053</v>
       </c>
       <c r="D1205" s="4" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="E1205" s="5">
         <v>40</v>
       </c>
       <c r="F1205" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="G1205" s="5" t="s">
-        <v>1330</v>
+        <v>496</v>
       </c>
     </row>
     <row r="1206" spans="1:7">
       <c r="A1206" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1206" s="4" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="C1206" s="5">
         <v>45053</v>
       </c>
       <c r="D1206" s="4" t="s">
-        <v>14</v>
+        <v>221</v>
       </c>
       <c r="E1206" s="5">
         <v>40</v>
       </c>
       <c r="F1206" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1206" s="5" t="s">
-        <v>2322</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="1207" spans="1:7">
       <c r="A1207" s="3" t="s">
-        <v>1015</v>
+        <v>964</v>
       </c>
       <c r="B1207" s="4" t="s">
         <v>2323</v>
       </c>
       <c r="C1207" s="5">
-        <v>45054</v>
+        <v>45053</v>
       </c>
       <c r="D1207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1207" s="5">
         <v>40</v>
       </c>
       <c r="F1207" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1207" s="5" t="s">
         <v>2324</v>
       </c>
     </row>
     <row r="1208" spans="1:7">
       <c r="A1208" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1208" s="4" t="s">
         <v>2325</v>
       </c>
       <c r="C1208" s="5">
         <v>45054</v>
       </c>
       <c r="D1208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1208" s="5">
         <v>40</v>
       </c>
       <c r="F1208" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1208" s="5" t="s">
-        <v>2093</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="1209" spans="1:7">
       <c r="A1209" s="3" t="s">
-        <v>2326</v>
+        <v>1015</v>
       </c>
       <c r="B1209" s="4" t="s">
         <v>2327</v>
       </c>
       <c r="C1209" s="5">
-        <v>45055</v>
+        <v>45054</v>
       </c>
       <c r="D1209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1209" s="5">
         <v>40</v>
       </c>
       <c r="F1209" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1209" s="5" t="s">
-        <v>304</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="1210" spans="1:7">
       <c r="A1210" s="3" t="s">
-        <v>2326</v>
+        <v>2328</v>
       </c>
       <c r="B1210" s="4" t="s">
-        <v>2327</v>
+        <v>2329</v>
       </c>
       <c r="C1210" s="5">
         <v>45055</v>
       </c>
       <c r="D1210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1210" s="5">
         <v>40</v>
       </c>
       <c r="F1210" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1210" s="5" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="1211" spans="1:7">
       <c r="A1211" s="3" t="s">
-        <v>2326</v>
+        <v>2328</v>
       </c>
       <c r="B1211" s="4" t="s">
-        <v>2327</v>
+        <v>2329</v>
       </c>
       <c r="C1211" s="5">
         <v>45055</v>
       </c>
       <c r="D1211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1211" s="5">
         <v>40</v>
       </c>
       <c r="F1211" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1211" s="5" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="1212" spans="1:7">
       <c r="A1212" s="3" t="s">
-        <v>1165</v>
+        <v>2328</v>
       </c>
       <c r="B1212" s="4" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="C1212" s="5">
-        <v>45064</v>
+        <v>45055</v>
       </c>
       <c r="D1212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1212" s="5">
         <v>40</v>
       </c>
       <c r="F1212" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1212" s="5" t="s">
-        <v>2274</v>
+        <v>304</v>
       </c>
     </row>
     <row r="1213" spans="1:7">
       <c r="A1213" s="3" t="s">
-        <v>1015</v>
+        <v>1165</v>
       </c>
       <c r="B1213" s="4" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="C1213" s="5">
-        <v>45066</v>
+        <v>45064</v>
       </c>
       <c r="D1213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1213" s="5">
         <v>40</v>
       </c>
       <c r="F1213" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1213" s="5" t="s">
-        <v>595</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="1214" spans="1:7">
       <c r="A1214" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1214" s="4" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="C1214" s="5">
-        <v>45069</v>
+        <v>45066</v>
       </c>
       <c r="D1214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1214" s="5">
         <v>40</v>
       </c>
       <c r="F1214" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1214" s="5" t="s">
-        <v>333</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1215" spans="1:7">
       <c r="A1215" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1215" s="4" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="C1215" s="5">
-        <v>45081</v>
+        <v>45069</v>
       </c>
       <c r="D1215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1215" s="5">
         <v>40</v>
       </c>
       <c r="F1215" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1215" s="5" t="s">
-        <v>567</v>
+        <v>333</v>
       </c>
     </row>
     <row r="1216" spans="1:7">
       <c r="A1216" s="3" t="s">
-        <v>1529</v>
+        <v>1015</v>
       </c>
       <c r="B1216" s="4" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="C1216" s="5">
-        <v>45082</v>
+        <v>45081</v>
       </c>
       <c r="D1216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1216" s="5">
         <v>40</v>
       </c>
       <c r="F1216" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1216" s="5" t="s">
-        <v>2206</v>
+        <v>567</v>
       </c>
     </row>
     <row r="1217" spans="1:7">
       <c r="A1217" s="3" t="s">
-        <v>964</v>
+        <v>1529</v>
       </c>
       <c r="B1217" s="4" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="C1217" s="5">
-        <v>45087</v>
+        <v>45082</v>
       </c>
       <c r="D1217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1217" s="5">
         <v>40</v>
       </c>
       <c r="F1217" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1217" s="5" t="s">
-        <v>177</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="1218" spans="1:7">
       <c r="A1218" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1218" s="4" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="C1218" s="5">
         <v>45087</v>
       </c>
       <c r="D1218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1218" s="5">
         <v>40</v>
       </c>
       <c r="F1218" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1218" s="5" t="s">
-        <v>738</v>
+        <v>177</v>
       </c>
     </row>
     <row r="1219" spans="1:7">
       <c r="A1219" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1219" s="4" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="C1219" s="5">
         <v>45087</v>
       </c>
       <c r="D1219" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1219" s="5">
         <v>40</v>
       </c>
       <c r="F1219" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1219" s="5" t="s">
-        <v>2336</v>
+        <v>738</v>
       </c>
     </row>
     <row r="1220" spans="1:7">
       <c r="A1220" s="3" t="s">
-        <v>1015</v>
+        <v>964</v>
       </c>
       <c r="B1220" s="4" t="s">
         <v>2337</v>
       </c>
       <c r="C1220" s="5">
-        <v>45088</v>
+        <v>45087</v>
       </c>
       <c r="D1220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1220" s="5">
         <v>40</v>
       </c>
       <c r="F1220" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1220" s="5" t="s">
-        <v>1720</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="1221" spans="1:7">
       <c r="A1221" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1221" s="4" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="C1221" s="5">
-        <v>45099</v>
+        <v>45088</v>
       </c>
       <c r="D1221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1221" s="5">
         <v>40</v>
       </c>
       <c r="F1221" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1221" s="5" t="s">
-        <v>901</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="1222" spans="1:7">
       <c r="A1222" s="3" t="s">
-        <v>2339</v>
+        <v>1015</v>
       </c>
       <c r="B1222" s="4" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="C1222" s="5">
         <v>45099</v>
       </c>
       <c r="D1222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1222" s="5">
         <v>40</v>
       </c>
       <c r="F1222" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1222" s="5" t="s">
-        <v>2340</v>
+        <v>901</v>
       </c>
     </row>
     <row r="1223" spans="1:7">
       <c r="A1223" s="3" t="s">
-        <v>964</v>
+        <v>2341</v>
       </c>
       <c r="B1223" s="4" t="s">
-        <v>2341</v>
+        <v>2340</v>
       </c>
       <c r="C1223" s="5">
-        <v>45106</v>
+        <v>45099</v>
       </c>
       <c r="D1223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1223" s="5">
         <v>40</v>
       </c>
       <c r="F1223" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1223" s="5" t="s">
-        <v>899</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="1224" spans="1:7">
       <c r="A1224" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1224" s="4" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="C1224" s="5">
         <v>45106</v>
       </c>
       <c r="D1224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1224" s="5">
         <v>40</v>
       </c>
       <c r="F1224" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1224" s="5" t="s">
-        <v>771</v>
+        <v>899</v>
       </c>
     </row>
     <row r="1225" spans="1:7">
       <c r="A1225" s="3" t="s">
-        <v>1015</v>
+        <v>964</v>
       </c>
       <c r="B1225" s="4" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="C1225" s="5">
-        <v>45115</v>
+        <v>45106</v>
       </c>
       <c r="D1225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1225" s="5">
         <v>40</v>
       </c>
       <c r="F1225" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1225" s="5" t="s">
-        <v>1712</v>
+        <v>771</v>
       </c>
     </row>
     <row r="1226" spans="1:7">
       <c r="A1226" s="3" t="s">
-        <v>2344</v>
+        <v>1015</v>
       </c>
       <c r="B1226" s="4" t="s">
         <v>2345</v>
       </c>
       <c r="C1226" s="5">
-        <v>45119</v>
+        <v>45115</v>
       </c>
       <c r="D1226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1226" s="5">
         <v>40</v>
       </c>
       <c r="F1226" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1226" s="5" t="s">
-        <v>1739</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="1227" spans="1:7">
       <c r="A1227" s="3" t="s">
-        <v>964</v>
+        <v>2346</v>
       </c>
       <c r="B1227" s="4" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="C1227" s="5">
-        <v>45122</v>
+        <v>45119</v>
       </c>
       <c r="D1227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1227" s="5">
         <v>40</v>
       </c>
       <c r="F1227" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1227" s="5" t="s">
-        <v>943</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="1228" spans="1:7">
       <c r="A1228" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1228" s="4" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="C1228" s="5">
-        <v>45124</v>
+        <v>45122</v>
       </c>
       <c r="D1228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1228" s="5">
         <v>40</v>
       </c>
       <c r="F1228" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1228" s="5" t="s">
-        <v>103</v>
+        <v>943</v>
       </c>
     </row>
     <row r="1229" spans="1:7">
       <c r="A1229" s="3" t="s">
-        <v>2326</v>
+        <v>964</v>
       </c>
       <c r="B1229" s="4" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="C1229" s="5">
         <v>45124</v>
       </c>
       <c r="D1229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1229" s="5">
         <v>40</v>
       </c>
       <c r="F1229" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1229" s="5" t="s">
-        <v>616</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1230" spans="1:7">
       <c r="A1230" s="3" t="s">
-        <v>1015</v>
+        <v>2328</v>
       </c>
       <c r="B1230" s="4" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="C1230" s="5">
-        <v>45134</v>
+        <v>45124</v>
       </c>
       <c r="D1230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1230" s="5">
         <v>40</v>
       </c>
       <c r="F1230" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1230" s="5" t="s">
-        <v>2350</v>
+        <v>616</v>
       </c>
     </row>
     <row r="1231" spans="1:7">
       <c r="A1231" s="3" t="s">
-        <v>2326</v>
+        <v>1015</v>
       </c>
       <c r="B1231" s="4" t="s">
         <v>2351</v>
       </c>
       <c r="C1231" s="5">
-        <v>45140</v>
+        <v>45134</v>
       </c>
       <c r="D1231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1231" s="5">
         <v>40</v>
       </c>
       <c r="F1231" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1231" s="5" t="s">
-        <v>1720</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="1232" spans="1:7">
       <c r="A1232" s="3" t="s">
-        <v>1015</v>
+        <v>2328</v>
       </c>
       <c r="B1232" s="4" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="C1232" s="5">
-        <v>45143</v>
+        <v>45140</v>
       </c>
       <c r="D1232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1232" s="5">
         <v>40</v>
       </c>
       <c r="F1232" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1232" s="5" t="s">
-        <v>453</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="1233" spans="1:7">
       <c r="A1233" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1233" s="4" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="C1233" s="5">
-        <v>45147</v>
+        <v>45143</v>
       </c>
       <c r="D1233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1233" s="5">
         <v>40</v>
       </c>
       <c r="F1233" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1233" s="5" t="s">
-        <v>1062</v>
+        <v>453</v>
       </c>
     </row>
     <row r="1234" spans="1:7">
       <c r="A1234" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1234" s="4" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="C1234" s="5">
-        <v>45149</v>
+        <v>45147</v>
       </c>
       <c r="D1234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1234" s="5">
         <v>40</v>
       </c>
       <c r="F1234" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1234" s="5" t="s">
-        <v>847</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="1235" spans="1:7">
       <c r="A1235" s="3" t="s">
-        <v>2326</v>
+        <v>1015</v>
       </c>
       <c r="B1235" s="4" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="C1235" s="5">
-        <v>45151</v>
+        <v>45149</v>
       </c>
       <c r="D1235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1235" s="5">
         <v>40</v>
       </c>
       <c r="F1235" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1235" s="5" t="s">
-        <v>2356</v>
+        <v>847</v>
       </c>
     </row>
     <row r="1236" spans="1:7">
       <c r="A1236" s="3" t="s">
-        <v>1015</v>
+        <v>2328</v>
       </c>
       <c r="B1236" s="4" t="s">
         <v>2357</v>
       </c>
       <c r="C1236" s="5">
-        <v>45156</v>
+        <v>45151</v>
       </c>
       <c r="D1236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1236" s="5">
         <v>40</v>
       </c>
       <c r="F1236" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1236" s="5" t="s">
-        <v>2288</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="1237" spans="1:7">
       <c r="A1237" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1237" s="4" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="C1237" s="5">
         <v>45156</v>
       </c>
       <c r="D1237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1237" s="5">
         <v>40</v>
       </c>
       <c r="F1237" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1237" s="5" t="s">
-        <v>2359</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="1238" spans="1:7">
       <c r="A1238" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1238" s="4" t="s">
         <v>2360</v>
       </c>
       <c r="C1238" s="5">
-        <v>45157</v>
+        <v>45156</v>
       </c>
       <c r="D1238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1238" s="5">
         <v>40</v>
       </c>
       <c r="F1238" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1238" s="5" t="s">
-        <v>921</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="1239" spans="1:7">
       <c r="A1239" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1239" s="4" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="C1239" s="5">
         <v>45157</v>
       </c>
       <c r="D1239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1239" s="5">
         <v>40</v>
       </c>
       <c r="F1239" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1239" s="5" t="s">
-        <v>211</v>
+        <v>921</v>
       </c>
     </row>
     <row r="1240" spans="1:7">
       <c r="A1240" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1240" s="4" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="C1240" s="5">
-        <v>45901</v>
+        <v>45157</v>
       </c>
       <c r="D1240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1240" s="5">
         <v>40</v>
       </c>
       <c r="F1240" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1240" s="5" t="s">
-        <v>2363</v>
+        <v>211</v>
       </c>
     </row>
     <row r="1241" spans="1:7">
       <c r="A1241" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B1241" s="4" t="s">
         <v>2364</v>
       </c>
-      <c r="B1241" s="4" t="s">
+      <c r="C1241" s="5">
+        <v>45901</v>
+      </c>
+      <c r="D1241" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1241" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1241" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1241" s="5" t="s">
         <v>2365</v>
-      </c>
-[...13 lines deleted...]
-        <v>2305</v>
       </c>
     </row>
     <row r="1242" spans="1:7">
       <c r="A1242" s="3" t="s">
-        <v>1165</v>
+        <v>2366</v>
       </c>
       <c r="B1242" s="4" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="C1242" s="5">
-        <v>45161</v>
+        <v>45160</v>
       </c>
       <c r="D1242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1242" s="5">
         <v>40</v>
       </c>
       <c r="F1242" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1242" s="5" t="s">
-        <v>449</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="1243" spans="1:7">
       <c r="A1243" s="3" t="s">
-        <v>1529</v>
+        <v>1165</v>
       </c>
       <c r="B1243" s="4" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="C1243" s="5">
-        <v>45166</v>
+        <v>45161</v>
       </c>
       <c r="D1243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1243" s="5">
         <v>40</v>
       </c>
       <c r="F1243" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1243" s="5" t="s">
-        <v>175</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1244" spans="1:7">
       <c r="A1244" s="3" t="s">
-        <v>1015</v>
+        <v>1529</v>
       </c>
       <c r="B1244" s="4" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="C1244" s="5">
-        <v>45168</v>
+        <v>45166</v>
       </c>
       <c r="D1244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1244" s="5">
         <v>40</v>
       </c>
       <c r="F1244" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1244" s="5" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1245" spans="1:7">
       <c r="A1245" s="3" t="s">
-        <v>964</v>
+        <v>1015</v>
       </c>
       <c r="B1245" s="4" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="C1245" s="5">
         <v>45168</v>
       </c>
       <c r="D1245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1245" s="5">
         <v>40</v>
       </c>
       <c r="F1245" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1245" s="5" t="s">
-        <v>172</v>
+        <v>147</v>
       </c>
     </row>
     <row r="1246" spans="1:7">
       <c r="A1246" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1246" s="4" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="C1246" s="5">
         <v>45168</v>
       </c>
       <c r="D1246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1246" s="5">
         <v>40</v>
       </c>
       <c r="F1246" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1246" s="5" t="s">
-        <v>239</v>
+        <v>172</v>
       </c>
     </row>
     <row r="1247" spans="1:7">
       <c r="A1247" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1247" s="4" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="C1247" s="5">
         <v>45168</v>
       </c>
       <c r="D1247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1247" s="5">
         <v>40</v>
       </c>
       <c r="F1247" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1247" s="5" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1248" spans="1:7">
       <c r="A1248" s="3" t="s">
-        <v>1015</v>
+        <v>964</v>
       </c>
       <c r="B1248" s="4" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="C1248" s="5">
-        <v>45171</v>
+        <v>45168</v>
       </c>
       <c r="D1248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1248" s="5">
         <v>40</v>
       </c>
       <c r="F1248" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1248" s="5" t="s">
-        <v>2206</v>
+        <v>233</v>
       </c>
     </row>
     <row r="1249" spans="1:7">
       <c r="A1249" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1249" s="4" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="C1249" s="5">
-        <v>45185</v>
+        <v>45171</v>
       </c>
       <c r="D1249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1249" s="5">
         <v>40</v>
       </c>
       <c r="F1249" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1249" s="5" t="s">
-        <v>268</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="1250" spans="1:7">
       <c r="A1250" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1250" s="4" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="C1250" s="5">
         <v>45185</v>
       </c>
       <c r="D1250" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1250" s="5">
         <v>40</v>
       </c>
       <c r="F1250" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1250" s="5" t="s">
-        <v>817</v>
+        <v>268</v>
       </c>
     </row>
     <row r="1251" spans="1:7">
       <c r="A1251" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1251" s="4" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="C1251" s="5">
-        <v>45189</v>
+        <v>45185</v>
       </c>
       <c r="D1251" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1251" s="5">
         <v>40</v>
       </c>
       <c r="F1251" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1251" s="5" t="s">
-        <v>2376</v>
+        <v>817</v>
       </c>
     </row>
     <row r="1252" spans="1:7">
       <c r="A1252" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1252" s="4" t="s">
         <v>2377</v>
       </c>
       <c r="C1252" s="5">
         <v>45189</v>
       </c>
       <c r="D1252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1252" s="5">
         <v>40</v>
       </c>
       <c r="F1252" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1252" s="5" t="s">
-        <v>533</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="1253" spans="1:7">
       <c r="A1253" s="3" t="s">
-        <v>964</v>
+        <v>1015</v>
       </c>
       <c r="B1253" s="4" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="C1253" s="5">
-        <v>45191</v>
+        <v>45189</v>
       </c>
       <c r="D1253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1253" s="5">
         <v>40</v>
       </c>
       <c r="F1253" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1253" s="5" t="s">
-        <v>845</v>
+        <v>533</v>
       </c>
     </row>
     <row r="1254" spans="1:7">
       <c r="A1254" s="3" t="s">
-        <v>1015</v>
+        <v>964</v>
       </c>
       <c r="B1254" s="4" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="C1254" s="5">
-        <v>45192</v>
+        <v>45191</v>
       </c>
       <c r="D1254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1254" s="5">
         <v>40</v>
       </c>
       <c r="F1254" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1254" s="5" t="s">
-        <v>824</v>
+        <v>845</v>
       </c>
     </row>
     <row r="1255" spans="1:7">
       <c r="A1255" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="B1255" s="4" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="C1255" s="5">
         <v>45192</v>
       </c>
       <c r="D1255" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1255" s="5">
         <v>40</v>
       </c>
       <c r="F1255" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1255" s="5" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="1256" spans="1:7">
       <c r="A1256" s="3" t="s">
-        <v>2380</v>
+        <v>1015</v>
       </c>
       <c r="B1256" s="4" t="s">
         <v>2381</v>
       </c>
       <c r="C1256" s="5">
-        <v>45193</v>
+        <v>45192</v>
       </c>
       <c r="D1256" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1256" s="5">
         <v>40</v>
       </c>
       <c r="F1256" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1256" s="5" t="s">
-        <v>1712</v>
+        <v>824</v>
       </c>
     </row>
     <row r="1257" spans="1:7">
       <c r="A1257" s="3" t="s">
-        <v>964</v>
+        <v>2382</v>
       </c>
       <c r="B1257" s="4" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
       <c r="C1257" s="5">
-        <v>45200</v>
+        <v>45193</v>
       </c>
       <c r="D1257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1257" s="5">
         <v>40</v>
       </c>
       <c r="F1257" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1257" s="5" t="s">
-        <v>2383</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="1258" spans="1:7">
       <c r="A1258" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B1258" s="4" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="C1258" s="5">
         <v>45200</v>
       </c>
       <c r="D1258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1258" s="5">
         <v>40</v>
       </c>
       <c r="F1258" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="G1258" s="5" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="1259" spans="1:7">
       <c r="A1259" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="B1259" s="4" t="s">
         <v>2384</v>
       </c>
-      <c r="B1259" s="4" t="s">
+      <c r="C1259" s="5">
+        <v>45200</v>
+      </c>
+      <c r="D1259" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1259" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1259" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="G1259" s="5" t="s">
         <v>2385</v>
-      </c>
-[...13 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="1260" spans="1:7">
       <c r="A1260" s="3" t="s">
         <v>2386</v>
       </c>
       <c r="B1260" s="4" t="s">
         <v>2387</v>
       </c>
       <c r="C1260" s="5">
         <v>46001</v>
       </c>
       <c r="D1260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1260" s="5">
         <v>40</v>
       </c>
       <c r="F1260" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1260" s="5" t="s">
-        <v>1655</v>
+        <v>966</v>
       </c>
     </row>
     <row r="1261" spans="1:7">
       <c r="A1261" s="3" t="s">
-        <v>31</v>
+        <v>2388</v>
       </c>
       <c r="B1261" s="4" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="C1261" s="5">
-        <v>46004</v>
+        <v>46001</v>
       </c>
       <c r="D1261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1261" s="5">
         <v>40</v>
       </c>
       <c r="F1261" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1261" s="5" t="s">
-        <v>1927</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="1262" spans="1:7">
       <c r="A1262" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1262" s="4" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="C1262" s="5">
-        <v>46011</v>
+        <v>46004</v>
       </c>
       <c r="D1262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1262" s="5">
         <v>40</v>
       </c>
       <c r="F1262" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1262" s="5" t="s">
-        <v>175</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="1263" spans="1:7">
       <c r="A1263" s="3" t="s">
-        <v>218</v>
+        <v>31</v>
       </c>
       <c r="B1263" s="4" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="C1263" s="5">
         <v>46011</v>
       </c>
       <c r="D1263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1263" s="5">
         <v>40</v>
       </c>
       <c r="F1263" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1263" s="5" t="s">
-        <v>2390</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1264" spans="1:7">
       <c r="A1264" s="3" t="s">
-        <v>31</v>
+        <v>218</v>
       </c>
       <c r="B1264" s="4" t="s">
         <v>2391</v>
       </c>
       <c r="C1264" s="5">
-        <v>46019</v>
+        <v>46011</v>
       </c>
       <c r="D1264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1264" s="5">
         <v>40</v>
       </c>
       <c r="F1264" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1264" s="5" t="s">
         <v>2392</v>
       </c>
     </row>
     <row r="1265" spans="1:7">
       <c r="A1265" s="3" t="s">
-        <v>218</v>
+        <v>31</v>
       </c>
       <c r="B1265" s="4" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="C1265" s="5">
         <v>46019</v>
       </c>
       <c r="D1265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1265" s="5">
         <v>40</v>
       </c>
       <c r="F1265" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1265" s="5" t="s">
-        <v>255</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="1266" spans="1:7">
       <c r="A1266" s="3" t="s">
-        <v>31</v>
+        <v>218</v>
       </c>
       <c r="B1266" s="4" t="s">
         <v>2393</v>
       </c>
       <c r="C1266" s="5">
-        <v>46021</v>
+        <v>46019</v>
       </c>
       <c r="D1266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1266" s="5">
         <v>40</v>
       </c>
       <c r="F1266" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1266" s="5" t="s">
-        <v>1531</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1267" spans="1:7">
       <c r="A1267" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1267" s="4" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="C1267" s="5">
-        <v>46031</v>
+        <v>46021</v>
       </c>
       <c r="D1267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1267" s="5">
         <v>40</v>
       </c>
       <c r="F1267" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1267" s="5" t="s">
-        <v>549</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="1268" spans="1:7">
       <c r="A1268" s="3" t="s">
-        <v>2395</v>
+        <v>31</v>
       </c>
       <c r="B1268" s="4" t="s">
         <v>2396</v>
       </c>
       <c r="C1268" s="5">
-        <v>46044</v>
+        <v>46031</v>
       </c>
       <c r="D1268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1268" s="5">
         <v>40</v>
       </c>
       <c r="F1268" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1268" s="5" t="s">
-        <v>202</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1269" spans="1:7">
       <c r="A1269" s="3" t="s">
-        <v>17</v>
+        <v>2397</v>
       </c>
       <c r="B1269" s="4" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="C1269" s="5">
-        <v>46045</v>
+        <v>46044</v>
       </c>
       <c r="D1269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1269" s="5">
         <v>40</v>
       </c>
       <c r="F1269" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1269" s="5" t="s">
-        <v>2149</v>
+        <v>202</v>
       </c>
     </row>
     <row r="1270" spans="1:7">
       <c r="A1270" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B1270" s="4" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="C1270" s="5">
-        <v>46049</v>
+        <v>46045</v>
       </c>
       <c r="D1270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1270" s="5">
         <v>40</v>
       </c>
       <c r="F1270" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1270" s="5" t="s">
-        <v>811</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="1271" spans="1:7">
       <c r="A1271" s="3" t="s">
-        <v>2399</v>
+        <v>17</v>
       </c>
       <c r="B1271" s="4" t="s">
         <v>2400</v>
       </c>
       <c r="C1271" s="5">
-        <v>46051</v>
+        <v>46049</v>
       </c>
       <c r="D1271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1271" s="5">
         <v>40</v>
       </c>
       <c r="F1271" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1271" s="5" t="s">
-        <v>2401</v>
+        <v>811</v>
       </c>
     </row>
     <row r="1272" spans="1:7">
       <c r="A1272" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B1272" s="4" t="s">
         <v>2402</v>
       </c>
-      <c r="B1272" s="4" t="s">
+      <c r="C1272" s="5">
+        <v>46051</v>
+      </c>
+      <c r="D1272" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1272" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1272" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1272" s="5" t="s">
         <v>2403</v>
-      </c>
-[...13 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="1273" spans="1:7">
       <c r="A1273" s="3" t="s">
-        <v>218</v>
+        <v>2404</v>
       </c>
       <c r="B1273" s="4" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="C1273" s="5">
-        <v>46073</v>
+        <v>46070</v>
       </c>
       <c r="D1273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1273" s="5">
         <v>40</v>
       </c>
       <c r="F1273" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1273" s="5" t="s">
-        <v>202</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1274" spans="1:7">
       <c r="A1274" s="3" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
       <c r="B1274" s="4" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
       <c r="C1274" s="5">
-        <v>46083</v>
+        <v>46073</v>
       </c>
       <c r="D1274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1274" s="5">
         <v>40</v>
       </c>
       <c r="F1274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1274" s="5" t="s">
-        <v>346</v>
+        <v>202</v>
       </c>
     </row>
     <row r="1275" spans="1:7">
       <c r="A1275" s="3" t="s">
-        <v>2395</v>
+        <v>17</v>
       </c>
       <c r="B1275" s="4" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
       <c r="C1275" s="5">
-        <v>46093</v>
+        <v>46083</v>
       </c>
       <c r="D1275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1275" s="5">
         <v>40</v>
       </c>
       <c r="F1275" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="G1275" s="5" t="s">
-        <v>141</v>
+        <v>346</v>
       </c>
     </row>
     <row r="1276" spans="1:7">
       <c r="A1276" s="3" t="s">
-        <v>1032</v>
+        <v>2397</v>
       </c>
       <c r="B1276" s="4" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="C1276" s="5">
-        <v>46111</v>
+        <v>46093</v>
       </c>
       <c r="D1276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1276" s="5">
         <v>40</v>
       </c>
       <c r="F1276" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="G1276" s="5" t="s">
-        <v>1778</v>
+        <v>141</v>
       </c>
     </row>
     <row r="1277" spans="1:7">
       <c r="A1277" s="3" t="s">
-        <v>2408</v>
+        <v>1032</v>
       </c>
       <c r="B1277" s="4" t="s">
         <v>2409</v>
       </c>
       <c r="C1277" s="5">
-        <v>46112</v>
+        <v>46111</v>
       </c>
       <c r="D1277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1277" s="5">
         <v>40</v>
       </c>
       <c r="F1277" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1277" s="5" t="s">
-        <v>1909</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="1278" spans="1:7">
       <c r="A1278" s="3" t="s">
-        <v>31</v>
+        <v>2410</v>
       </c>
       <c r="B1278" s="4" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="C1278" s="5">
-        <v>46098</v>
+        <v>46112</v>
       </c>
       <c r="D1278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1278" s="5">
         <v>40</v>
       </c>
       <c r="F1278" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1278" s="5" t="s">
-        <v>1129</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="1279" spans="1:7">
       <c r="A1279" s="3" t="s">
-        <v>2411</v>
+        <v>31</v>
       </c>
       <c r="B1279" s="4" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
       <c r="C1279" s="5">
         <v>46098</v>
       </c>
       <c r="D1279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1279" s="5">
         <v>40</v>
       </c>
       <c r="F1279" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1279" s="5" t="s">
-        <v>2412</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="1280" spans="1:7">
       <c r="A1280" s="3" t="s">
         <v>2413</v>
       </c>
       <c r="B1280" s="4" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C1280" s="5">
+        <v>46098</v>
+      </c>
+      <c r="D1280" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1280" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1280" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1280" s="5" t="s">
         <v>2414</v>
-      </c>
-[...13 lines deleted...]
-        <v>2176</v>
       </c>
     </row>
     <row r="1281" spans="1:7">
       <c r="A1281" s="3" t="s">
         <v>2415</v>
       </c>
       <c r="B1281" s="4" t="s">
         <v>2416</v>
       </c>
       <c r="C1281" s="5">
-        <v>46105</v>
+        <v>46099</v>
       </c>
       <c r="D1281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1281" s="5">
         <v>40</v>
       </c>
       <c r="F1281" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1281" s="5" t="s">
-        <v>54</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="1282" spans="1:7">
       <c r="A1282" s="3" t="s">
         <v>2417</v>
       </c>
       <c r="B1282" s="4" t="s">
         <v>2418</v>
       </c>
       <c r="C1282" s="5">
-        <v>46118</v>
+        <v>46105</v>
       </c>
       <c r="D1282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1282" s="5">
         <v>40</v>
       </c>
       <c r="F1282" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1282" s="5" t="s">
-        <v>1129</v>
+        <v>54</v>
       </c>
     </row>
     <row r="1283" spans="1:7">
       <c r="A1283" s="3" t="s">
-        <v>31</v>
+        <v>2419</v>
       </c>
       <c r="B1283" s="4" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="C1283" s="5">
         <v>46118</v>
       </c>
       <c r="D1283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1283" s="5">
         <v>40</v>
       </c>
       <c r="F1283" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1283" s="5" t="s">
-        <v>1700</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="1284" spans="1:7">
       <c r="A1284" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1284" s="4" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="C1284" s="5">
-        <v>46128</v>
+        <v>46118</v>
       </c>
       <c r="D1284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1284" s="5">
         <v>40</v>
       </c>
       <c r="F1284" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1284" s="5" t="s">
-        <v>821</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="1285" spans="1:7">
       <c r="A1285" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1285" s="4" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="C1285" s="5">
         <v>46128</v>
       </c>
       <c r="D1285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1285" s="5">
         <v>40</v>
       </c>
       <c r="F1285" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1285" s="5" t="s">
-        <v>1625</v>
+        <v>821</v>
       </c>
     </row>
     <row r="1286" spans="1:7">
       <c r="A1286" s="3" t="s">
-        <v>245</v>
+        <v>31</v>
       </c>
       <c r="B1286" s="4" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="C1286" s="5">
-        <v>46131</v>
+        <v>46128</v>
       </c>
       <c r="D1286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1286" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1286" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1286" s="5" t="s">
-        <v>110</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="1287" spans="1:7">
       <c r="A1287" s="3" t="s">
-        <v>31</v>
+        <v>245</v>
       </c>
       <c r="B1287" s="4" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="C1287" s="5">
-        <v>46136</v>
+        <v>46131</v>
       </c>
       <c r="D1287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1287" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1287" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1287" s="5" t="s">
-        <v>2093</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1288" spans="1:7">
       <c r="A1288" s="3" t="s">
-        <v>2424</v>
+        <v>31</v>
       </c>
       <c r="B1288" s="4" t="s">
         <v>2425</v>
       </c>
       <c r="C1288" s="5">
-        <v>46147</v>
+        <v>46136</v>
       </c>
       <c r="D1288" s="4" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="E1288" s="5">
         <v>40</v>
       </c>
       <c r="F1288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1288" s="5" t="s">
-        <v>68</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="1289" spans="1:7">
       <c r="A1289" s="3" t="s">
-        <v>2408</v>
+        <v>2426</v>
       </c>
       <c r="B1289" s="4" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="C1289" s="5">
         <v>46147</v>
       </c>
       <c r="D1289" s="4" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="E1289" s="5">
         <v>40</v>
       </c>
       <c r="F1289" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1289" s="5" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1290" spans="1:7">
       <c r="A1290" s="3" t="s">
-        <v>31</v>
+        <v>2410</v>
       </c>
       <c r="B1290" s="4" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="C1290" s="5">
         <v>46147</v>
       </c>
       <c r="D1290" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1290" s="5">
         <v>40</v>
       </c>
       <c r="F1290" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1290" s="5" t="s">
-        <v>873</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1291" spans="1:7">
       <c r="A1291" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1291" s="4" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="C1291" s="5">
-        <v>46156</v>
+        <v>46147</v>
       </c>
       <c r="D1291" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1291" s="5">
         <v>40</v>
       </c>
       <c r="F1291" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1291" s="5" t="s">
-        <v>892</v>
+        <v>873</v>
       </c>
     </row>
     <row r="1292" spans="1:7">
       <c r="A1292" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1292" s="4" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="C1292" s="5">
         <v>46156</v>
       </c>
       <c r="D1292" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1292" s="5">
         <v>40</v>
       </c>
       <c r="F1292" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1292" s="5" t="s">
-        <v>556</v>
+        <v>892</v>
       </c>
     </row>
     <row r="1293" spans="1:7">
       <c r="A1293" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1293" s="4" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
       <c r="C1293" s="5">
         <v>46156</v>
       </c>
       <c r="D1293" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1293" s="5">
         <v>40</v>
       </c>
       <c r="F1293" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1293" s="5" t="s">
-        <v>882</v>
+        <v>556</v>
       </c>
     </row>
     <row r="1294" spans="1:7">
       <c r="A1294" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1294" s="4" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
       <c r="C1294" s="5">
         <v>46156</v>
       </c>
       <c r="D1294" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1294" s="5">
         <v>40</v>
       </c>
       <c r="F1294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1294" s="5" t="s">
-        <v>2340</v>
+        <v>882</v>
       </c>
     </row>
     <row r="1295" spans="1:7">
       <c r="A1295" s="3" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="B1295" s="4" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
       <c r="C1295" s="5">
-        <v>46157</v>
+        <v>46156</v>
       </c>
       <c r="D1295" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1295" s="5">
         <v>40</v>
       </c>
       <c r="F1295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1295" s="5" t="s">
-        <v>780</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="1296" spans="1:7">
       <c r="A1296" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B1296" s="4" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="C1296" s="5">
-        <v>46150</v>
+        <v>46157</v>
       </c>
       <c r="D1296" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1296" s="5">
         <v>40</v>
       </c>
       <c r="F1296" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1296" s="5" t="s">
-        <v>74</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1297" spans="1:7">
       <c r="A1297" s="3" t="s">
-        <v>2432</v>
+        <v>17</v>
       </c>
       <c r="B1297" s="4" t="s">
         <v>2433</v>
       </c>
       <c r="C1297" s="5">
-        <v>46172</v>
+        <v>46150</v>
       </c>
       <c r="D1297" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1297" s="5">
         <v>40</v>
       </c>
       <c r="F1297" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1297" s="5" t="s">
-        <v>2434</v>
+        <v>74</v>
       </c>
     </row>
     <row r="1298" spans="1:7">
       <c r="A1298" s="3" t="s">
-        <v>31</v>
+        <v>2434</v>
       </c>
       <c r="B1298" s="4" t="s">
         <v>2435</v>
       </c>
       <c r="C1298" s="5">
         <v>46172</v>
       </c>
       <c r="D1298" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1298" s="5">
         <v>40</v>
       </c>
       <c r="F1298" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1298" s="5" t="s">
-        <v>639</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="1299" spans="1:7">
       <c r="A1299" s="3" t="s">
-        <v>2417</v>
+        <v>31</v>
       </c>
       <c r="B1299" s="4" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="C1299" s="5">
-        <v>46175</v>
+        <v>46172</v>
       </c>
       <c r="D1299" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1299" s="5">
         <v>40</v>
       </c>
       <c r="F1299" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1299" s="5" t="s">
-        <v>74</v>
+        <v>639</v>
       </c>
     </row>
     <row r="1300" spans="1:7">
       <c r="A1300" s="3" t="s">
-        <v>2437</v>
+        <v>2419</v>
       </c>
       <c r="B1300" s="4" t="s">
         <v>2438</v>
       </c>
       <c r="C1300" s="5">
-        <v>46179</v>
+        <v>46175</v>
       </c>
       <c r="D1300" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1300" s="5">
         <v>40</v>
       </c>
       <c r="F1300" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1300" s="5" t="s">
-        <v>2439</v>
+        <v>74</v>
       </c>
     </row>
     <row r="1301" spans="1:7">
       <c r="A1301" s="3" t="s">
-        <v>17</v>
+        <v>2439</v>
       </c>
       <c r="B1301" s="4" t="s">
         <v>2440</v>
       </c>
       <c r="C1301" s="5">
-        <v>46181</v>
+        <v>46179</v>
       </c>
       <c r="D1301" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1301" s="5">
         <v>40</v>
       </c>
       <c r="F1301" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1301" s="5" t="s">
-        <v>1152</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1302" spans="1:7">
       <c r="A1302" s="3" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="B1302" s="4" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="C1302" s="5">
-        <v>46183</v>
+        <v>46181</v>
       </c>
       <c r="D1302" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1302" s="5">
         <v>40</v>
       </c>
       <c r="F1302" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1302" s="5" t="s">
-        <v>1004</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="1303" spans="1:7">
       <c r="A1303" s="3" t="s">
-        <v>2442</v>
+        <v>31</v>
       </c>
       <c r="B1303" s="4" t="s">
         <v>2443</v>
       </c>
       <c r="C1303" s="5">
-        <v>46184</v>
+        <v>46183</v>
       </c>
       <c r="D1303" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1303" s="5">
         <v>40</v>
       </c>
       <c r="F1303" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1303" s="5" t="s">
-        <v>1931</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="1304" spans="1:7">
       <c r="A1304" s="3" t="s">
-        <v>2417</v>
+        <v>2444</v>
       </c>
       <c r="B1304" s="4" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="C1304" s="5">
-        <v>46189</v>
+        <v>46184</v>
       </c>
       <c r="D1304" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1304" s="5">
         <v>40</v>
       </c>
       <c r="F1304" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1304" s="5" t="s">
-        <v>543</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="1305" spans="1:7">
       <c r="A1305" s="3" t="s">
-        <v>2445</v>
+        <v>2419</v>
       </c>
       <c r="B1305" s="4" t="s">
         <v>2446</v>
       </c>
       <c r="C1305" s="5">
-        <v>46190</v>
+        <v>46189</v>
       </c>
       <c r="D1305" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1305" s="5">
         <v>40</v>
       </c>
       <c r="F1305" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1305" s="5" t="s">
-        <v>2363</v>
+        <v>543</v>
       </c>
     </row>
     <row r="1306" spans="1:7">
       <c r="A1306" s="3" t="s">
-        <v>218</v>
+        <v>2447</v>
       </c>
       <c r="B1306" s="4" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="C1306" s="5">
-        <v>46194</v>
+        <v>46190</v>
       </c>
       <c r="D1306" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1306" s="5">
         <v>40</v>
       </c>
       <c r="F1306" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1306" s="5" t="s">
-        <v>1974</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="1307" spans="1:7">
       <c r="A1307" s="3" t="s">
-        <v>31</v>
+        <v>218</v>
       </c>
       <c r="B1307" s="4" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="C1307" s="5">
-        <v>46197</v>
+        <v>46194</v>
       </c>
       <c r="D1307" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1307" s="5">
         <v>40</v>
       </c>
       <c r="F1307" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1307" s="5" t="s">
-        <v>318</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="1308" spans="1:7">
       <c r="A1308" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1308" s="4" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="C1308" s="5">
-        <v>46204</v>
+        <v>46197</v>
       </c>
       <c r="D1308" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1308" s="5">
         <v>40</v>
       </c>
       <c r="F1308" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1308" s="5" t="s">
-        <v>333</v>
+        <v>318</v>
       </c>
     </row>
     <row r="1309" spans="1:7">
       <c r="A1309" s="3" t="s">
-        <v>2450</v>
+        <v>31</v>
       </c>
       <c r="B1309" s="4" t="s">
         <v>2451</v>
       </c>
       <c r="C1309" s="5">
-        <v>46206</v>
+        <v>46204</v>
       </c>
       <c r="D1309" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1309" s="5">
         <v>40</v>
       </c>
       <c r="F1309" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1309" s="5" t="s">
-        <v>2452</v>
+        <v>333</v>
       </c>
     </row>
     <row r="1310" spans="1:7">
       <c r="A1310" s="3" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B1310" s="4" t="s">
         <v>2453</v>
       </c>
-      <c r="B1310" s="4" t="s">
+      <c r="C1310" s="5">
+        <v>46206</v>
+      </c>
+      <c r="D1310" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1310" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1310" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1310" s="5" t="s">
         <v>2454</v>
-      </c>
-[...13 lines deleted...]
-        <v>2455</v>
       </c>
     </row>
     <row r="1311" spans="1:7">
       <c r="A1311" s="3" t="s">
-        <v>2163</v>
+        <v>2455</v>
       </c>
       <c r="B1311" s="4" t="s">
         <v>2456</v>
       </c>
       <c r="C1311" s="5">
-        <v>46228</v>
+        <v>46213</v>
       </c>
       <c r="D1311" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1311" s="5">
         <v>40</v>
       </c>
       <c r="F1311" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1311" s="5" t="s">
-        <v>1655</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="1312" spans="1:7">
       <c r="A1312" s="3" t="s">
-        <v>17</v>
+        <v>2165</v>
       </c>
       <c r="B1312" s="4" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="C1312" s="5">
-        <v>46238</v>
+        <v>46228</v>
       </c>
       <c r="D1312" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1312" s="5">
         <v>40</v>
       </c>
       <c r="F1312" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1312" s="5" t="s">
-        <v>2458</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="1313" spans="1:7">
       <c r="A1313" s="3" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="B1313" s="4" t="s">
         <v>2459</v>
       </c>
       <c r="C1313" s="5">
         <v>46238</v>
       </c>
       <c r="D1313" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1313" s="5">
         <v>40</v>
       </c>
       <c r="F1313" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1313" s="5" t="s">
-        <v>736</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="1314" spans="1:7">
       <c r="A1314" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1314" s="4" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="C1314" s="5">
-        <v>46244</v>
+        <v>46238</v>
       </c>
       <c r="D1314" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1314" s="5">
         <v>40</v>
       </c>
       <c r="F1314" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1314" s="5" t="s">
-        <v>796</v>
+        <v>736</v>
       </c>
     </row>
     <row r="1315" spans="1:7">
       <c r="A1315" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B1315" s="4" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="C1315" s="5">
         <v>46244</v>
       </c>
       <c r="D1315" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1315" s="5">
         <v>40</v>
       </c>
       <c r="F1315" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1315" s="5" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="1316" spans="1:7">
       <c r="A1316" s="3" t="s">
-        <v>2462</v>
+        <v>31</v>
       </c>
       <c r="B1316" s="4" t="s">
         <v>2463</v>
       </c>
       <c r="C1316" s="5">
-        <v>46249</v>
+        <v>46244</v>
       </c>
       <c r="D1316" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1316" s="5">
         <v>40</v>
       </c>
       <c r="F1316" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1316" s="5" t="s">
-        <v>1081</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1317" spans="1:7">
       <c r="A1317" s="3" t="s">
         <v>2464</v>
       </c>
       <c r="B1317" s="4" t="s">
         <v>2465</v>
       </c>
       <c r="C1317" s="5">
-        <v>46256</v>
+        <v>46249</v>
       </c>
       <c r="D1317" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1317" s="5">
         <v>40</v>
       </c>
       <c r="F1317" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1317" s="5" t="s">
-        <v>2466</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="1318" spans="1:7">
       <c r="A1318" s="3" t="s">
-        <v>2109</v>
+        <v>2466</v>
       </c>
       <c r="B1318" s="4" t="s">
         <v>2467</v>
       </c>
       <c r="C1318" s="5">
-        <v>47010</v>
+        <v>46256</v>
       </c>
       <c r="D1318" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1318" s="5">
         <v>40</v>
       </c>
       <c r="F1318" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1318" s="5" t="s">
-        <v>584</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="1319" spans="1:7">
       <c r="A1319" s="3" t="s">
-        <v>620</v>
+        <v>2111</v>
       </c>
       <c r="B1319" s="4" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="C1319" s="5">
-        <v>47031</v>
+        <v>47010</v>
       </c>
       <c r="D1319" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1319" s="5">
         <v>40</v>
       </c>
       <c r="F1319" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1319" s="5" t="s">
-        <v>2469</v>
+        <v>584</v>
       </c>
     </row>
     <row r="1320" spans="1:7">
       <c r="A1320" s="3" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="B1320" s="4" t="s">
         <v>2470</v>
       </c>
       <c r="C1320" s="5">
-        <v>47035</v>
+        <v>47031</v>
       </c>
       <c r="D1320" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1320" s="5">
         <v>40</v>
       </c>
       <c r="F1320" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1320" s="5" t="s">
-        <v>859</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="1321" spans="1:7">
       <c r="A1321" s="3" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="B1321" s="4" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="C1321" s="5">
         <v>47035</v>
       </c>
       <c r="D1321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1321" s="5">
         <v>40</v>
       </c>
       <c r="F1321" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1321" s="5" t="s">
-        <v>2472</v>
+        <v>859</v>
       </c>
     </row>
     <row r="1322" spans="1:7">
       <c r="A1322" s="3" t="s">
-        <v>2109</v>
+        <v>620</v>
       </c>
       <c r="B1322" s="4" t="s">
         <v>2473</v>
       </c>
       <c r="C1322" s="5">
-        <v>47051</v>
+        <v>47035</v>
       </c>
       <c r="D1322" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1322" s="5">
         <v>40</v>
       </c>
       <c r="F1322" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1322" s="5" t="s">
-        <v>54</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="1323" spans="1:7">
       <c r="A1323" s="3" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="B1323" s="4" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="C1323" s="5">
-        <v>47066</v>
+        <v>47051</v>
       </c>
       <c r="D1323" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1323" s="5">
         <v>40</v>
       </c>
       <c r="F1323" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1323" s="5" t="s">
-        <v>2258</v>
+        <v>54</v>
       </c>
     </row>
     <row r="1324" spans="1:7">
       <c r="A1324" s="3" t="s">
-        <v>695</v>
+        <v>2111</v>
       </c>
       <c r="B1324" s="4" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="C1324" s="5">
-        <v>47075</v>
+        <v>47066</v>
       </c>
       <c r="D1324" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1324" s="5">
         <v>40</v>
       </c>
       <c r="F1324" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1324" s="5" t="s">
-        <v>1526</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="1325" spans="1:7">
       <c r="A1325" s="3" t="s">
-        <v>650</v>
+        <v>695</v>
       </c>
       <c r="B1325" s="4" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="C1325" s="5">
-        <v>47101</v>
+        <v>47075</v>
       </c>
       <c r="D1325" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1325" s="5">
         <v>40</v>
       </c>
       <c r="F1325" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1325" s="5" t="s">
-        <v>2059</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="1326" spans="1:7">
       <c r="A1326" s="3" t="s">
-        <v>620</v>
+        <v>650</v>
       </c>
       <c r="B1326" s="4" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="C1326" s="5">
         <v>47101</v>
       </c>
       <c r="D1326" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1326" s="5">
         <v>40</v>
       </c>
       <c r="F1326" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1326" s="5" t="s">
-        <v>1093</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="1327" spans="1:7">
       <c r="A1327" s="3" t="s">
-        <v>2109</v>
+        <v>620</v>
       </c>
       <c r="B1327" s="4" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
       <c r="C1327" s="5">
-        <v>47114</v>
+        <v>47101</v>
       </c>
       <c r="D1327" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1327" s="5">
         <v>40</v>
       </c>
       <c r="F1327" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1327" s="5" t="s">
-        <v>869</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="1328" spans="1:7">
       <c r="A1328" s="3" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="B1328" s="4" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
       <c r="C1328" s="5">
-        <v>47128</v>
+        <v>47114</v>
       </c>
       <c r="D1328" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1328" s="5">
         <v>40</v>
       </c>
       <c r="F1328" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1328" s="5" t="s">
-        <v>2480</v>
+        <v>869</v>
       </c>
     </row>
     <row r="1329" spans="1:7">
       <c r="A1329" s="3" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="B1329" s="4" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="C1329" s="5">
         <v>47128</v>
       </c>
       <c r="D1329" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1329" s="5">
         <v>40</v>
       </c>
       <c r="F1329" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1329" s="5" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="1330" spans="1:7">
       <c r="A1330" s="3" t="s">
-        <v>2100</v>
+        <v>2111</v>
       </c>
       <c r="B1330" s="4" t="s">
         <v>2481</v>
       </c>
       <c r="C1330" s="5">
-        <v>47139</v>
+        <v>47128</v>
       </c>
       <c r="D1330" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1330" s="5">
         <v>40</v>
       </c>
       <c r="F1330" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1330" s="5" t="s">
-        <v>1363</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="1331" spans="1:7">
       <c r="A1331" s="3" t="s">
-        <v>620</v>
+        <v>2102</v>
       </c>
       <c r="B1331" s="4" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="C1331" s="5">
-        <v>47164</v>
+        <v>47139</v>
       </c>
       <c r="D1331" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1331" s="5">
         <v>40</v>
       </c>
       <c r="F1331" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1331" s="5" t="s">
-        <v>716</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="1332" spans="1:7">
       <c r="A1332" s="3" t="s">
-        <v>695</v>
+        <v>620</v>
       </c>
       <c r="B1332" s="4" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="C1332" s="5">
-        <v>47165</v>
+        <v>47164</v>
       </c>
       <c r="D1332" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1332" s="5">
         <v>40</v>
       </c>
       <c r="F1332" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1332" s="5" t="s">
-        <v>1622</v>
+        <v>716</v>
       </c>
     </row>
     <row r="1333" spans="1:7">
       <c r="A1333" s="3" t="s">
-        <v>2484</v>
+        <v>695</v>
       </c>
       <c r="B1333" s="4" t="s">
         <v>2485</v>
       </c>
       <c r="C1333" s="5">
         <v>47165</v>
       </c>
       <c r="D1333" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1333" s="5">
         <v>40</v>
       </c>
       <c r="F1333" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1333" s="5" t="s">
-        <v>499</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="1334" spans="1:7">
       <c r="A1334" s="3" t="s">
-        <v>617</v>
+        <v>2486</v>
       </c>
       <c r="B1334" s="4" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
       <c r="C1334" s="5">
-        <v>47170</v>
+        <v>47165</v>
       </c>
       <c r="D1334" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1334" s="5">
         <v>40</v>
       </c>
       <c r="F1334" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1334" s="5" t="s">
-        <v>834</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1335" spans="1:7">
       <c r="A1335" s="3" t="s">
-        <v>695</v>
+        <v>617</v>
       </c>
       <c r="B1335" s="4" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="C1335" s="5">
-        <v>47171</v>
+        <v>47170</v>
       </c>
       <c r="D1335" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1335" s="5">
         <v>40</v>
       </c>
       <c r="F1335" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1335" s="5" t="s">
-        <v>2171</v>
+        <v>834</v>
       </c>
     </row>
     <row r="1336" spans="1:7">
       <c r="A1336" s="3" t="s">
-        <v>617</v>
+        <v>695</v>
       </c>
       <c r="B1336" s="4" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="C1336" s="5">
-        <v>47172</v>
+        <v>47171</v>
       </c>
       <c r="D1336" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1336" s="5">
         <v>40</v>
       </c>
       <c r="F1336" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1336" s="5" t="s">
-        <v>1070</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="1337" spans="1:7">
       <c r="A1337" s="3" t="s">
         <v>617</v>
       </c>
       <c r="B1337" s="4" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="C1337" s="5">
-        <v>47179</v>
+        <v>47172</v>
       </c>
       <c r="D1337" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1337" s="5">
         <v>40</v>
       </c>
       <c r="F1337" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1337" s="5" t="s">
-        <v>538</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="1338" spans="1:7">
       <c r="A1338" s="3" t="s">
-        <v>1866</v>
+        <v>617</v>
       </c>
       <c r="B1338" s="4" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="C1338" s="5">
-        <v>47184</v>
+        <v>47179</v>
       </c>
       <c r="D1338" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1338" s="5">
         <v>40</v>
       </c>
       <c r="F1338" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1338" s="5" t="s">
-        <v>992</v>
+        <v>538</v>
       </c>
     </row>
     <row r="1339" spans="1:7">
       <c r="A1339" s="3" t="s">
-        <v>2109</v>
+        <v>1866</v>
       </c>
       <c r="B1339" s="4" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="C1339" s="5">
-        <v>47218</v>
+        <v>47184</v>
       </c>
       <c r="D1339" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1339" s="5">
         <v>40</v>
       </c>
       <c r="F1339" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1339" s="5" t="s">
-        <v>121</v>
+        <v>992</v>
       </c>
     </row>
     <row r="1340" spans="1:7">
       <c r="A1340" s="3" t="s">
-        <v>550</v>
+        <v>2111</v>
       </c>
       <c r="B1340" s="4" t="s">
-        <v>2492</v>
-[...1 lines deleted...]
-      <c r="C1340" s="5" t="s">
         <v>2493</v>
       </c>
+      <c r="C1340" s="5">
+        <v>47218</v>
+      </c>
       <c r="D1340" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1340" s="5">
         <v>40</v>
       </c>
       <c r="F1340" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1340" s="5" t="s">
-        <v>2494</v>
+        <v>121</v>
       </c>
     </row>
     <row r="1341" spans="1:7">
       <c r="A1341" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="B1341" s="4" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C1341" s="5" t="s">
         <v>2495</v>
       </c>
-      <c r="B1341" s="4" t="s">
+      <c r="D1341" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1341" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1341" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1341" s="5" t="s">
         <v>2496</v>
-      </c>
-[...13 lines deleted...]
-        <v>2498</v>
       </c>
     </row>
     <row r="1342" spans="1:7">
       <c r="A1342" s="3" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B1342" s="4" t="s">
+        <v>2498</v>
+      </c>
+      <c r="C1342" s="5" t="s">
         <v>2499</v>
       </c>
-      <c r="B1342" s="4" t="s">
+      <c r="D1342" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1342" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1342" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1342" s="5" t="s">
         <v>2500</v>
-      </c>
-[...13 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="1343" spans="1:7">
       <c r="A1343" s="3" t="s">
-        <v>2495</v>
+        <v>2501</v>
       </c>
       <c r="B1343" s="4" t="s">
         <v>2502</v>
       </c>
       <c r="C1343" s="5" t="s">
         <v>2503</v>
       </c>
       <c r="D1343" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1343" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1343" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1343" s="5" t="s">
-        <v>2504</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1344" spans="1:7">
       <c r="A1344" s="3" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="B1344" s="4" t="s">
-        <v>2502</v>
+        <v>2504</v>
       </c>
       <c r="C1344" s="5" t="s">
-        <v>2503</v>
+        <v>2505</v>
       </c>
       <c r="D1344" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1344" s="5">
         <v>40</v>
       </c>
       <c r="F1344" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1344" s="5" t="s">
-        <v>2504</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="1345" spans="1:7">
       <c r="A1345" s="3" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B1345" s="4" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C1345" s="5" t="s">
         <v>2505</v>
       </c>
-      <c r="B1345" s="4" t="s">
+      <c r="D1345" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="E1345" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1345" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1345" s="5" t="s">
         <v>2506</v>
-      </c>
-[...13 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="1346" spans="1:7">
       <c r="A1346" s="3" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B1346" s="4" t="s">
         <v>2508</v>
       </c>
-      <c r="B1346" s="4" t="s">
+      <c r="C1346" s="5" t="s">
         <v>2509</v>
       </c>
-      <c r="C1346" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1346" s="4" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="E1346" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1346" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1346" s="5" t="s">
-        <v>817</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1347" spans="1:7">
       <c r="A1347" s="3" t="s">
         <v>2510</v>
       </c>
       <c r="B1347" s="4" t="s">
         <v>2511</v>
       </c>
       <c r="C1347" s="5" t="s">
-        <v>2512</v>
+        <v>2509</v>
       </c>
       <c r="D1347" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1347" s="5">
         <v>40</v>
       </c>
       <c r="F1347" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1347" s="5" t="s">
-        <v>1674</v>
+        <v>817</v>
       </c>
     </row>
     <row r="1348" spans="1:7">
       <c r="A1348" s="3" t="s">
-        <v>550</v>
+        <v>2512</v>
       </c>
       <c r="B1348" s="4" t="s">
         <v>2513</v>
       </c>
       <c r="C1348" s="5" t="s">
-        <v>2493</v>
+        <v>2514</v>
       </c>
       <c r="D1348" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1348" s="5">
         <v>40</v>
       </c>
       <c r="F1348" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1348" s="5" t="s">
-        <v>938</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="1349" spans="1:7">
       <c r="A1349" s="3" t="s">
-        <v>2514</v>
+        <v>550</v>
       </c>
       <c r="B1349" s="4" t="s">
         <v>2515</v>
       </c>
       <c r="C1349" s="5" t="s">
-        <v>2516</v>
+        <v>2495</v>
       </c>
       <c r="D1349" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1349" s="5">
         <v>40</v>
       </c>
       <c r="F1349" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1349" s="5" t="s">
-        <v>230</v>
+        <v>938</v>
       </c>
     </row>
     <row r="1350" spans="1:7">
       <c r="A1350" s="3" t="s">
+        <v>2516</v>
+      </c>
+      <c r="B1350" s="4" t="s">
         <v>2517</v>
       </c>
-      <c r="B1350" s="4" t="s">
+      <c r="C1350" s="5" t="s">
         <v>2518</v>
       </c>
-      <c r="C1350" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1350" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1350" s="5">
         <v>40</v>
       </c>
       <c r="F1350" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1350" s="5" t="s">
-        <v>2520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1351" spans="1:7">
       <c r="A1351" s="3" t="s">
-        <v>2514</v>
+        <v>2519</v>
       </c>
       <c r="B1351" s="4" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C1351" s="5" t="s">
         <v>2521</v>
       </c>
-      <c r="C1351" s="5" t="s">
+      <c r="D1351" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1351" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1351" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1351" s="5" t="s">
         <v>2522</v>
-      </c>
-[...10 lines deleted...]
-        <v>2523</v>
       </c>
     </row>
     <row r="1352" spans="1:7">
       <c r="A1352" s="3" t="s">
-        <v>2508</v>
+        <v>2516</v>
       </c>
       <c r="B1352" s="4" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C1352" s="5" t="s">
         <v>2524</v>
       </c>
-      <c r="C1352" s="5" t="s">
+      <c r="D1352" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1352" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1352" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1352" s="5" t="s">
         <v>2525</v>
-      </c>
-[...10 lines deleted...]
-        <v>2526</v>
       </c>
     </row>
     <row r="1353" spans="1:7">
       <c r="A1353" s="3" t="s">
-        <v>2514</v>
+        <v>2510</v>
       </c>
       <c r="B1353" s="4" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C1353" s="5" t="s">
         <v>2527</v>
       </c>
-      <c r="C1353" s="5" t="s">
+      <c r="D1353" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1353" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1353" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1353" s="5" t="s">
         <v>2528</v>
-      </c>
-[...10 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="1354" spans="1:7">
       <c r="A1354" s="3" t="s">
-        <v>2514</v>
+        <v>2516</v>
       </c>
       <c r="B1354" s="4" t="s">
-        <v>2527</v>
+        <v>2529</v>
       </c>
       <c r="C1354" s="5" t="s">
-        <v>2528</v>
+        <v>2530</v>
       </c>
       <c r="D1354" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1354" s="5">
         <v>40</v>
       </c>
       <c r="F1354" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1354" s="5" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="1355" spans="1:7">
       <c r="A1355" s="3" t="s">
+        <v>2516</v>
+      </c>
+      <c r="B1355" s="4" t="s">
         <v>2529</v>
       </c>
-      <c r="B1355" s="4" t="s">
+      <c r="C1355" s="5" t="s">
         <v>2530</v>
       </c>
-      <c r="C1355" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1355" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1355" s="5">
         <v>40</v>
       </c>
       <c r="F1355" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1355" s="5" t="s">
-        <v>16</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1356" spans="1:7">
       <c r="A1356" s="3" t="s">
-        <v>2514</v>
+        <v>2531</v>
       </c>
       <c r="B1356" s="4" t="s">
         <v>2532</v>
       </c>
       <c r="C1356" s="5" t="s">
         <v>2533</v>
       </c>
       <c r="D1356" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1356" s="5">
         <v>40</v>
       </c>
       <c r="F1356" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1356" s="5" t="s">
-        <v>1388</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1357" spans="1:7">
       <c r="A1357" s="3" t="s">
-        <v>541</v>
+        <v>2516</v>
       </c>
       <c r="B1357" s="4" t="s">
         <v>2534</v>
       </c>
       <c r="C1357" s="5" t="s">
         <v>2535</v>
       </c>
       <c r="D1357" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1357" s="5">
         <v>40</v>
       </c>
       <c r="F1357" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1357" s="5" t="s">
-        <v>2536</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="1358" spans="1:7">
       <c r="A1358" s="3" t="s">
-        <v>2517</v>
+        <v>541</v>
       </c>
       <c r="B1358" s="4" t="s">
+        <v>2536</v>
+      </c>
+      <c r="C1358" s="5" t="s">
         <v>2537</v>
       </c>
-      <c r="C1358" s="5" t="s">
+      <c r="D1358" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1358" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1358" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1358" s="5" t="s">
         <v>2538</v>
-      </c>
-[...10 lines deleted...]
-        <v>2539</v>
       </c>
     </row>
     <row r="1359" spans="1:7">
       <c r="A1359" s="3" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B1359" s="4" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C1359" s="5" t="s">
         <v>2540</v>
       </c>
-      <c r="B1359" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1359" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1359" s="5">
         <v>40</v>
       </c>
       <c r="F1359" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1359" s="5" t="s">
-        <v>2458</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="1360" spans="1:7">
       <c r="A1360" s="3" t="s">
-        <v>1843</v>
+        <v>2542</v>
       </c>
       <c r="B1360" s="4" t="s">
-        <v>2541</v>
+        <v>2539</v>
       </c>
       <c r="C1360" s="5" t="s">
-        <v>2542</v>
+        <v>2540</v>
       </c>
       <c r="D1360" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1360" s="5">
         <v>40</v>
       </c>
       <c r="F1360" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1360" s="5" t="s">
-        <v>2536</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="1361" spans="1:7">
       <c r="A1361" s="3" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B1361" s="4" t="s">
         <v>2543</v>
       </c>
-      <c r="B1361" s="4" t="s">
+      <c r="C1361" s="5" t="s">
         <v>2544</v>
       </c>
-      <c r="C1361" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1361" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1361" s="5">
         <v>40</v>
       </c>
       <c r="F1361" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1361" s="5" t="s">
-        <v>34</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="1362" spans="1:7">
       <c r="A1362" s="3" t="s">
-        <v>2517</v>
+        <v>2545</v>
       </c>
       <c r="B1362" s="4" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
       <c r="C1362" s="5" t="s">
-        <v>2546</v>
+        <v>2509</v>
       </c>
       <c r="D1362" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1362" s="5">
         <v>40</v>
       </c>
       <c r="F1362" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1362" s="5" t="s">
-        <v>882</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1363" spans="1:7">
       <c r="A1363" s="3" t="s">
-        <v>2495</v>
+        <v>2519</v>
       </c>
       <c r="B1363" s="4" t="s">
         <v>2547</v>
       </c>
       <c r="C1363" s="5" t="s">
         <v>2548</v>
       </c>
       <c r="D1363" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1363" s="5">
         <v>40</v>
       </c>
       <c r="F1363" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1363" s="5" t="s">
-        <v>1202</v>
+        <v>882</v>
       </c>
     </row>
     <row r="1364" spans="1:7">
       <c r="A1364" s="3" t="s">
-        <v>1382</v>
+        <v>2497</v>
       </c>
       <c r="B1364" s="4" t="s">
         <v>2549</v>
       </c>
-      <c r="C1364" s="5">
-        <v>50004</v>
+      <c r="C1364" s="5" t="s">
+        <v>2550</v>
       </c>
       <c r="D1364" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1364" s="5">
         <v>40</v>
       </c>
       <c r="F1364" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1364" s="5" t="s">
-        <v>2550</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="1365" spans="1:7">
       <c r="A1365" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1365" s="4" t="s">
         <v>2551</v>
       </c>
       <c r="C1365" s="5">
-        <v>50008</v>
+        <v>50004</v>
       </c>
       <c r="D1365" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1365" s="5">
         <v>40</v>
       </c>
       <c r="F1365" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1365" s="5" t="s">
         <v>2552</v>
       </c>
     </row>
     <row r="1366" spans="1:7">
       <c r="A1366" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1366" s="4" t="s">
         <v>2553</v>
       </c>
       <c r="C1366" s="5">
-        <v>50018</v>
+        <v>50008</v>
       </c>
       <c r="D1366" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1366" s="5">
         <v>40</v>
       </c>
       <c r="F1366" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1366" s="5" t="s">
         <v>2554</v>
       </c>
     </row>
     <row r="1367" spans="1:7">
       <c r="A1367" s="3" t="s">
-        <v>1259</v>
+        <v>1382</v>
       </c>
       <c r="B1367" s="4" t="s">
         <v>2555</v>
       </c>
       <c r="C1367" s="5">
-        <v>50021</v>
+        <v>50018</v>
       </c>
       <c r="D1367" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1367" s="5">
         <v>40</v>
       </c>
       <c r="F1367" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1367" s="5" t="s">
-        <v>1314</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="1368" spans="1:7">
       <c r="A1368" s="3" t="s">
-        <v>2556</v>
+        <v>1259</v>
       </c>
       <c r="B1368" s="4" t="s">
         <v>2557</v>
       </c>
       <c r="C1368" s="5">
-        <v>50022</v>
+        <v>50021</v>
       </c>
       <c r="D1368" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1368" s="5">
         <v>40</v>
       </c>
       <c r="F1368" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1368" s="5" t="s">
-        <v>1674</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="1369" spans="1:7">
       <c r="A1369" s="3" t="s">
-        <v>1382</v>
+        <v>2558</v>
       </c>
       <c r="B1369" s="4" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
       <c r="C1369" s="5">
-        <v>50055</v>
+        <v>50022</v>
       </c>
       <c r="D1369" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1369" s="5">
         <v>40</v>
       </c>
       <c r="F1369" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1369" s="5" t="s">
-        <v>777</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="1370" spans="1:7">
       <c r="A1370" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1370" s="4" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="C1370" s="5">
         <v>50055</v>
       </c>
       <c r="D1370" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1370" s="5">
         <v>40</v>
       </c>
       <c r="F1370" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1370" s="5" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="1371" spans="1:7">
       <c r="A1371" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1371" s="4" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
       <c r="C1371" s="5">
-        <v>50067</v>
+        <v>50055</v>
       </c>
       <c r="D1371" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1371" s="5">
         <v>40</v>
       </c>
       <c r="F1371" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1371" s="5" t="s">
-        <v>546</v>
+        <v>777</v>
       </c>
     </row>
     <row r="1372" spans="1:7">
       <c r="A1372" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1372" s="4" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="C1372" s="5">
-        <v>50073</v>
+        <v>50067</v>
       </c>
       <c r="D1372" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1372" s="5">
         <v>40</v>
       </c>
       <c r="F1372" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1372" s="5" t="s">
-        <v>2562</v>
+        <v>546</v>
       </c>
     </row>
     <row r="1373" spans="1:7">
       <c r="A1373" s="3" t="s">
-        <v>371</v>
+        <v>1382</v>
       </c>
       <c r="B1373" s="4" t="s">
         <v>2563</v>
       </c>
       <c r="C1373" s="5">
-        <v>50074</v>
+        <v>50073</v>
       </c>
       <c r="D1373" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1373" s="5">
         <v>40</v>
       </c>
       <c r="F1373" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1373" s="5" t="s">
         <v>2564</v>
       </c>
     </row>
     <row r="1374" spans="1:7">
       <c r="A1374" s="3" t="s">
-        <v>1259</v>
+        <v>371</v>
       </c>
       <c r="B1374" s="4" t="s">
         <v>2565</v>
       </c>
       <c r="C1374" s="5">
-        <v>50086</v>
+        <v>50074</v>
       </c>
       <c r="D1374" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1374" s="5">
         <v>40</v>
       </c>
       <c r="F1374" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1374" s="5" t="s">
         <v>2566</v>
       </c>
     </row>
     <row r="1375" spans="1:7">
       <c r="A1375" s="3" t="s">
-        <v>1382</v>
+        <v>1259</v>
       </c>
       <c r="B1375" s="4" t="s">
         <v>2567</v>
       </c>
       <c r="C1375" s="5">
-        <v>50099</v>
+        <v>50086</v>
       </c>
       <c r="D1375" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1375" s="5">
         <v>40</v>
       </c>
       <c r="F1375" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1375" s="5" t="s">
-        <v>1004</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="1376" spans="1:7">
       <c r="A1376" s="3" t="s">
-        <v>1944</v>
+        <v>1382</v>
       </c>
       <c r="B1376" s="4" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="C1376" s="5">
-        <v>50101</v>
+        <v>50099</v>
       </c>
       <c r="D1376" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1376" s="5">
         <v>40</v>
       </c>
       <c r="F1376" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1376" s="5" t="s">
-        <v>768</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="1377" spans="1:7">
       <c r="A1377" s="3" t="s">
-        <v>2204</v>
+        <v>1944</v>
       </c>
       <c r="B1377" s="4" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="C1377" s="5">
-        <v>50104</v>
+        <v>50101</v>
       </c>
       <c r="D1377" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1377" s="5">
         <v>40</v>
       </c>
       <c r="F1377" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1377" s="5" t="s">
-        <v>809</v>
+        <v>768</v>
       </c>
     </row>
     <row r="1378" spans="1:7">
       <c r="A1378" s="3" t="s">
-        <v>1382</v>
+        <v>2206</v>
       </c>
       <c r="B1378" s="4" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="C1378" s="5">
-        <v>50114</v>
+        <v>50104</v>
       </c>
       <c r="D1378" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1378" s="5">
         <v>40</v>
       </c>
       <c r="F1378" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1378" s="5" t="s">
-        <v>2571</v>
+        <v>809</v>
       </c>
     </row>
     <row r="1379" spans="1:7">
       <c r="A1379" s="3" t="s">
-        <v>2204</v>
+        <v>1382</v>
       </c>
       <c r="B1379" s="4" t="s">
         <v>2572</v>
       </c>
       <c r="C1379" s="5">
-        <v>50115</v>
+        <v>50114</v>
       </c>
       <c r="D1379" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1379" s="5">
         <v>40</v>
       </c>
       <c r="F1379" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1379" s="5" t="s">
-        <v>1801</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="1380" spans="1:7">
       <c r="A1380" s="3" t="s">
-        <v>371</v>
+        <v>2206</v>
       </c>
       <c r="B1380" s="4" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="C1380" s="5">
-        <v>50119</v>
+        <v>50115</v>
       </c>
       <c r="D1380" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1380" s="5">
         <v>40</v>
       </c>
       <c r="F1380" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1380" s="5" t="s">
-        <v>2574</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="1381" spans="1:7">
       <c r="A1381" s="3" t="s">
-        <v>1382</v>
+        <v>371</v>
       </c>
       <c r="B1381" s="4" t="s">
         <v>2575</v>
       </c>
       <c r="C1381" s="5">
-        <v>50122</v>
+        <v>50119</v>
       </c>
       <c r="D1381" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1381" s="5">
         <v>40</v>
       </c>
       <c r="F1381" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1381" s="5" t="s">
         <v>2576</v>
       </c>
     </row>
     <row r="1382" spans="1:7">
       <c r="A1382" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1382" s="4" t="s">
         <v>2577</v>
       </c>
       <c r="C1382" s="5">
-        <v>50124</v>
+        <v>50122</v>
       </c>
       <c r="D1382" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1382" s="5">
         <v>40</v>
       </c>
       <c r="F1382" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1382" s="5" t="s">
-        <v>749</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="1383" spans="1:7">
       <c r="A1383" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1383" s="4" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="C1383" s="5">
         <v>50124</v>
       </c>
       <c r="D1383" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1383" s="5">
         <v>40</v>
       </c>
       <c r="F1383" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1383" s="5" t="s">
-        <v>730</v>
+        <v>749</v>
       </c>
     </row>
     <row r="1384" spans="1:7">
       <c r="A1384" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1384" s="4" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="C1384" s="5">
         <v>50124</v>
       </c>
       <c r="D1384" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1384" s="5">
         <v>40</v>
       </c>
       <c r="F1384" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1384" s="5" t="s">
-        <v>2579</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1385" spans="1:7">
       <c r="A1385" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1385" s="4" t="s">
         <v>2580</v>
       </c>
       <c r="C1385" s="5">
-        <v>50160</v>
+        <v>50124</v>
       </c>
       <c r="D1385" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1385" s="5">
         <v>40</v>
       </c>
       <c r="F1385" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1385" s="5" t="s">
         <v>2581</v>
       </c>
     </row>
     <row r="1386" spans="1:7">
       <c r="A1386" s="3" t="s">
-        <v>2204</v>
+        <v>1382</v>
       </c>
       <c r="B1386" s="4" t="s">
         <v>2582</v>
       </c>
       <c r="C1386" s="5">
-        <v>50163</v>
+        <v>50160</v>
       </c>
       <c r="D1386" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1386" s="5">
         <v>40</v>
       </c>
       <c r="F1386" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1386" s="5" t="s">
-        <v>2376</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="1387" spans="1:7">
       <c r="A1387" s="3" t="s">
-        <v>1382</v>
+        <v>2206</v>
       </c>
       <c r="B1387" s="4" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="C1387" s="5">
-        <v>50182</v>
+        <v>50163</v>
       </c>
       <c r="D1387" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1387" s="5">
         <v>40</v>
       </c>
       <c r="F1387" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1387" s="5" t="s">
-        <v>1751</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="1388" spans="1:7">
       <c r="A1388" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1388" s="4" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
       <c r="C1388" s="5">
         <v>50182</v>
       </c>
       <c r="D1388" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1388" s="5">
         <v>40</v>
       </c>
       <c r="F1388" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1388" s="5" t="s">
-        <v>1217</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="1389" spans="1:7">
       <c r="A1389" s="3" t="s">
-        <v>1259</v>
+        <v>1382</v>
       </c>
       <c r="B1389" s="4" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="C1389" s="5">
         <v>50182</v>
       </c>
       <c r="D1389" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1389" s="5">
         <v>40</v>
       </c>
       <c r="F1389" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1389" s="5" t="s">
-        <v>986</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="1390" spans="1:7">
       <c r="A1390" s="3" t="s">
-        <v>1382</v>
+        <v>1259</v>
       </c>
       <c r="B1390" s="4" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
       <c r="C1390" s="5">
         <v>50182</v>
       </c>
       <c r="D1390" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1390" s="5">
         <v>40</v>
       </c>
       <c r="F1390" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1390" s="5" t="s">
-        <v>1120</v>
+        <v>986</v>
       </c>
     </row>
     <row r="1391" spans="1:7">
       <c r="A1391" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1391" s="4" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
       <c r="C1391" s="5">
         <v>50182</v>
       </c>
       <c r="D1391" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1391" s="5">
         <v>40</v>
       </c>
       <c r="F1391" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1391" s="5" t="s">
-        <v>1338</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="1392" spans="1:7">
       <c r="A1392" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1392" s="4" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="C1392" s="5">
         <v>50182</v>
       </c>
       <c r="D1392" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1392" s="5">
         <v>40</v>
       </c>
       <c r="F1392" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1392" s="5" t="s">
-        <v>1769</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="1393" spans="1:7">
       <c r="A1393" s="3" t="s">
-        <v>2587</v>
+        <v>1382</v>
       </c>
       <c r="B1393" s="4" t="s">
         <v>2588</v>
       </c>
       <c r="C1393" s="5">
         <v>50182</v>
       </c>
       <c r="D1393" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1393" s="5">
         <v>40</v>
       </c>
       <c r="F1393" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1393" s="5" t="s">
-        <v>2589</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="1394" spans="1:7">
       <c r="A1394" s="3" t="s">
-        <v>1382</v>
+        <v>2589</v>
       </c>
       <c r="B1394" s="4" t="s">
         <v>2590</v>
       </c>
       <c r="C1394" s="5">
         <v>50182</v>
       </c>
       <c r="D1394" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1394" s="5">
         <v>40</v>
       </c>
       <c r="F1394" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1394" s="5" t="s">
         <v>2591</v>
       </c>
     </row>
     <row r="1395" spans="1:7">
       <c r="A1395" s="3" t="s">
-        <v>1263</v>
+        <v>1382</v>
       </c>
       <c r="B1395" s="4" t="s">
         <v>2592</v>
       </c>
       <c r="C1395" s="5">
-        <v>50189</v>
+        <v>50182</v>
       </c>
       <c r="D1395" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1395" s="5">
         <v>40</v>
       </c>
       <c r="F1395" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1395" s="5" t="s">
-        <v>1002</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="1396" spans="1:7">
       <c r="A1396" s="3" t="s">
-        <v>2587</v>
+        <v>1263</v>
       </c>
       <c r="B1396" s="4" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="C1396" s="5">
-        <v>50208</v>
+        <v>50189</v>
       </c>
       <c r="D1396" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1396" s="5">
         <v>40</v>
       </c>
       <c r="F1396" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1396" s="5" t="s">
-        <v>1665</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="1397" spans="1:7">
       <c r="A1397" s="3" t="s">
-        <v>2204</v>
+        <v>2589</v>
       </c>
       <c r="B1397" s="4" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
       <c r="C1397" s="5">
-        <v>50235</v>
+        <v>50208</v>
       </c>
       <c r="D1397" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1397" s="5">
         <v>40</v>
       </c>
       <c r="F1397" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1397" s="5" t="s">
-        <v>54</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="1398" spans="1:7">
       <c r="A1398" s="3" t="s">
-        <v>1382</v>
+        <v>2206</v>
       </c>
       <c r="B1398" s="4" t="s">
-        <v>2595</v>
+        <v>2596</v>
       </c>
       <c r="C1398" s="5">
-        <v>50243</v>
+        <v>50235</v>
       </c>
       <c r="D1398" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1398" s="5">
         <v>40</v>
       </c>
       <c r="F1398" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1398" s="5" t="s">
-        <v>423</v>
+        <v>54</v>
       </c>
     </row>
     <row r="1399" spans="1:7">
       <c r="A1399" s="3" t="s">
-        <v>2204</v>
+        <v>1382</v>
       </c>
       <c r="B1399" s="4" t="s">
-        <v>2596</v>
+        <v>2597</v>
       </c>
       <c r="C1399" s="5">
-        <v>50244</v>
+        <v>50243</v>
       </c>
       <c r="D1399" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1399" s="5">
         <v>40</v>
       </c>
       <c r="F1399" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1399" s="5" t="s">
-        <v>824</v>
+        <v>423</v>
       </c>
     </row>
     <row r="1400" spans="1:7">
       <c r="A1400" s="3" t="s">
-        <v>2117</v>
+        <v>2206</v>
       </c>
       <c r="B1400" s="4" t="s">
-        <v>2597</v>
+        <v>2598</v>
       </c>
       <c r="C1400" s="5">
-        <v>50246</v>
+        <v>50244</v>
       </c>
       <c r="D1400" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1400" s="5">
         <v>40</v>
       </c>
       <c r="F1400" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1400" s="5" t="s">
-        <v>2598</v>
+        <v>824</v>
       </c>
     </row>
     <row r="1401" spans="1:7">
       <c r="A1401" s="3" t="s">
-        <v>1382</v>
+        <v>2119</v>
       </c>
       <c r="B1401" s="4" t="s">
         <v>2599</v>
       </c>
       <c r="C1401" s="5">
-        <v>50252</v>
+        <v>50246</v>
       </c>
       <c r="D1401" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1401" s="5">
         <v>40</v>
       </c>
       <c r="F1401" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1401" s="5" t="s">
-        <v>876</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="1402" spans="1:7">
       <c r="A1402" s="3" t="s">
         <v>1382</v>
       </c>
       <c r="B1402" s="4" t="s">
-        <v>2600</v>
+        <v>2601</v>
       </c>
       <c r="C1402" s="5">
-        <v>50264</v>
+        <v>50252</v>
       </c>
       <c r="D1402" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1402" s="5">
         <v>40</v>
       </c>
       <c r="F1402" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1402" s="5" t="s">
-        <v>2601</v>
+        <v>876</v>
       </c>
     </row>
     <row r="1403" spans="1:7">
       <c r="A1403" s="3" t="s">
-        <v>1259</v>
+        <v>1382</v>
       </c>
       <c r="B1403" s="4" t="s">
         <v>2602</v>
       </c>
       <c r="C1403" s="5">
-        <v>50275</v>
+        <v>50264</v>
       </c>
       <c r="D1403" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1403" s="5">
         <v>40</v>
       </c>
       <c r="F1403" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1403" s="5" t="s">
         <v>2603</v>
       </c>
     </row>
     <row r="1404" spans="1:7">
       <c r="A1404" s="3" t="s">
         <v>1259</v>
       </c>
       <c r="B1404" s="4" t="s">
         <v>2604</v>
       </c>
       <c r="C1404" s="5">
-        <v>50286</v>
+        <v>50275</v>
       </c>
       <c r="D1404" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1404" s="5">
         <v>40</v>
       </c>
       <c r="F1404" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1404" s="5" t="s">
-        <v>467</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="1405" spans="1:7">
       <c r="A1405" s="3" t="s">
-        <v>2605</v>
+        <v>1259</v>
       </c>
       <c r="B1405" s="4" t="s">
         <v>2606</v>
       </c>
       <c r="C1405" s="5">
-        <v>50294</v>
+        <v>50286</v>
       </c>
       <c r="D1405" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1405" s="5">
         <v>40</v>
       </c>
       <c r="F1405" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1405" s="5" t="s">
-        <v>2607</v>
+        <v>467</v>
       </c>
     </row>
     <row r="1406" spans="1:7">
       <c r="A1406" s="3" t="s">
-        <v>2204</v>
+        <v>2607</v>
       </c>
       <c r="B1406" s="4" t="s">
         <v>2608</v>
       </c>
       <c r="C1406" s="5">
-        <v>50297</v>
+        <v>50294</v>
       </c>
       <c r="D1406" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1406" s="5">
         <v>40</v>
       </c>
       <c r="F1406" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1406" s="5" t="s">
-        <v>1769</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="1407" spans="1:7">
       <c r="A1407" s="3" t="s">
-        <v>2609</v>
+        <v>2206</v>
       </c>
       <c r="B1407" s="4" t="s">
         <v>2610</v>
       </c>
       <c r="C1407" s="5">
-        <v>49006</v>
+        <v>50297</v>
       </c>
       <c r="D1407" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1407" s="5">
         <v>40</v>
       </c>
       <c r="F1407" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1407" s="5" t="s">
-        <v>2611</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="1408" spans="1:7">
       <c r="A1408" s="3" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B1408" s="4" t="s">
         <v>2612</v>
-      </c>
-[...1 lines deleted...]
-        <v>2610</v>
       </c>
       <c r="C1408" s="5">
         <v>49006</v>
       </c>
       <c r="D1408" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1408" s="5">
         <v>40</v>
       </c>
       <c r="F1408" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1408" s="5" t="s">
-        <v>283</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="1409" spans="1:7">
       <c r="A1409" s="3" t="s">
-        <v>2109</v>
+        <v>2614</v>
       </c>
       <c r="B1409" s="4" t="s">
-        <v>2613</v>
+        <v>2612</v>
       </c>
       <c r="C1409" s="5">
-        <v>49020</v>
+        <v>49006</v>
       </c>
       <c r="D1409" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1409" s="5">
         <v>40</v>
       </c>
       <c r="F1409" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1409" s="5" t="s">
-        <v>770</v>
+        <v>283</v>
       </c>
     </row>
     <row r="1410" spans="1:7">
       <c r="A1410" s="3" t="s">
-        <v>620</v>
+        <v>2111</v>
       </c>
       <c r="B1410" s="4" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
       <c r="C1410" s="5">
-        <v>49022</v>
+        <v>49020</v>
       </c>
       <c r="D1410" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1410" s="5">
         <v>40</v>
       </c>
       <c r="F1410" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1410" s="5" t="s">
-        <v>1577</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1411" spans="1:7">
       <c r="A1411" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1411" s="4" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
       <c r="C1411" s="5">
-        <v>49026</v>
+        <v>49022</v>
       </c>
       <c r="D1411" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1411" s="5">
         <v>40</v>
       </c>
       <c r="F1411" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1411" s="5" t="s">
-        <v>496</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="1412" spans="1:7">
       <c r="A1412" s="3" t="s">
-        <v>2109</v>
+        <v>620</v>
       </c>
       <c r="B1412" s="4" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="C1412" s="5">
-        <v>49035</v>
+        <v>49026</v>
       </c>
       <c r="D1412" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1412" s="5">
         <v>40</v>
       </c>
       <c r="F1412" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1412" s="5" t="s">
-        <v>2264</v>
+        <v>496</v>
       </c>
     </row>
     <row r="1413" spans="1:7">
       <c r="A1413" s="3" t="s">
-        <v>620</v>
+        <v>2111</v>
       </c>
       <c r="B1413" s="4" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="C1413" s="5">
-        <v>49036</v>
+        <v>49035</v>
       </c>
       <c r="D1413" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1413" s="5">
         <v>40</v>
       </c>
       <c r="F1413" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1413" s="5" t="s">
-        <v>1638</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="1414" spans="1:7">
       <c r="A1414" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1414" s="4" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="C1414" s="5">
         <v>49036</v>
       </c>
       <c r="D1414" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1414" s="5">
         <v>40</v>
       </c>
       <c r="F1414" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1414" s="5" t="s">
-        <v>2619</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="1415" spans="1:7">
       <c r="A1415" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1415" s="4" t="s">
         <v>2620</v>
       </c>
       <c r="C1415" s="5">
-        <v>49042</v>
+        <v>49036</v>
       </c>
       <c r="D1415" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1415" s="5">
         <v>40</v>
       </c>
       <c r="F1415" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1415" s="5" t="s">
-        <v>30</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="1416" spans="1:7">
       <c r="A1416" s="3" t="s">
-        <v>2109</v>
+        <v>620</v>
       </c>
       <c r="B1416" s="4" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
       <c r="C1416" s="5">
         <v>49042</v>
       </c>
       <c r="D1416" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1416" s="5">
         <v>40</v>
       </c>
       <c r="F1416" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1416" s="5" t="s">
-        <v>782</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1417" spans="1:7">
       <c r="A1417" s="3" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="B1417" s="4" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="C1417" s="5">
-        <v>49043</v>
+        <v>49042</v>
       </c>
       <c r="D1417" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1417" s="5">
         <v>40</v>
       </c>
       <c r="F1417" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1417" s="5" t="s">
-        <v>236</v>
+        <v>782</v>
       </c>
     </row>
     <row r="1418" spans="1:7">
       <c r="A1418" s="3" t="s">
-        <v>620</v>
+        <v>2111</v>
       </c>
       <c r="B1418" s="4" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="C1418" s="5">
-        <v>49056</v>
+        <v>49043</v>
       </c>
       <c r="D1418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1418" s="5">
         <v>40</v>
       </c>
       <c r="F1418" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1418" s="5" t="s">
-        <v>2624</v>
+        <v>236</v>
       </c>
     </row>
     <row r="1419" spans="1:7">
       <c r="A1419" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="B1419" s="4" t="s">
         <v>2625</v>
       </c>
-      <c r="B1419" s="4" t="s">
+      <c r="C1419" s="5">
+        <v>49056</v>
+      </c>
+      <c r="D1419" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1419" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1419" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1419" s="5" t="s">
         <v>2626</v>
-      </c>
-[...13 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="1420" spans="1:7">
       <c r="A1420" s="3" t="s">
         <v>2627</v>
       </c>
       <c r="B1420" s="4" t="s">
         <v>2628</v>
       </c>
       <c r="C1420" s="5">
         <v>49064</v>
       </c>
       <c r="D1420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1420" s="5">
         <v>40</v>
       </c>
       <c r="F1420" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1420" s="5" t="s">
-        <v>2629</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1421" spans="1:7">
       <c r="A1421" s="3" t="s">
-        <v>620</v>
+        <v>2629</v>
       </c>
       <c r="B1421" s="4" t="s">
         <v>2630</v>
       </c>
       <c r="C1421" s="5">
-        <v>49068</v>
+        <v>49064</v>
       </c>
       <c r="D1421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1421" s="5">
         <v>40</v>
       </c>
       <c r="F1421" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1421" s="5" t="s">
-        <v>255</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="1422" spans="1:7">
       <c r="A1422" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1422" s="4" t="s">
-        <v>2630</v>
+        <v>2632</v>
       </c>
       <c r="C1422" s="5">
         <v>49068</v>
       </c>
       <c r="D1422" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1422" s="5">
         <v>40</v>
       </c>
       <c r="F1422" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1422" s="5" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="1423" spans="1:7">
       <c r="A1423" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1423" s="4" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="C1423" s="5">
-        <v>49081</v>
+        <v>49068</v>
       </c>
       <c r="D1423" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1423" s="5">
         <v>40</v>
       </c>
       <c r="F1423" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1423" s="5" t="s">
-        <v>892</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1424" spans="1:7">
       <c r="A1424" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1424" s="4" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="C1424" s="5">
-        <v>49083</v>
+        <v>49081</v>
       </c>
       <c r="D1424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1424" s="5">
         <v>40</v>
       </c>
       <c r="F1424" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1424" s="5" t="s">
-        <v>349</v>
+        <v>892</v>
       </c>
     </row>
     <row r="1425" spans="1:7">
       <c r="A1425" s="3" t="s">
-        <v>2633</v>
+        <v>620</v>
       </c>
       <c r="B1425" s="4" t="s">
         <v>2634</v>
       </c>
       <c r="C1425" s="5">
-        <v>49095</v>
+        <v>49083</v>
       </c>
       <c r="D1425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1425" s="5">
         <v>40</v>
       </c>
       <c r="F1425" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1425" s="5" t="s">
-        <v>2635</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1426" spans="1:7">
       <c r="A1426" s="3" t="s">
-        <v>2633</v>
+        <v>2635</v>
       </c>
       <c r="B1426" s="4" t="s">
         <v>2636</v>
       </c>
       <c r="C1426" s="5">
-        <v>49102</v>
+        <v>49095</v>
       </c>
       <c r="D1426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1426" s="5">
         <v>40</v>
       </c>
       <c r="F1426" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1426" s="5" t="s">
-        <v>124</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="1427" spans="1:7">
       <c r="A1427" s="3" t="s">
-        <v>2612</v>
+        <v>2635</v>
       </c>
       <c r="B1427" s="4" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="C1427" s="5">
-        <v>49103</v>
+        <v>49102</v>
       </c>
       <c r="D1427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1427" s="5">
         <v>40</v>
       </c>
       <c r="F1427" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1427" s="5" t="s">
-        <v>1404</v>
+        <v>124</v>
       </c>
     </row>
     <row r="1428" spans="1:7">
       <c r="A1428" s="3" t="s">
-        <v>2612</v>
+        <v>2614</v>
       </c>
       <c r="B1428" s="4" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="C1428" s="5">
-        <v>49122</v>
+        <v>49103</v>
       </c>
       <c r="D1428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1428" s="5">
         <v>40</v>
       </c>
       <c r="F1428" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1428" s="5" t="s">
-        <v>845</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="1429" spans="1:7">
       <c r="A1429" s="3" t="s">
-        <v>620</v>
+        <v>2614</v>
       </c>
       <c r="B1429" s="4" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
       <c r="C1429" s="5">
-        <v>49133</v>
+        <v>49122</v>
       </c>
       <c r="D1429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1429" s="5">
         <v>40</v>
       </c>
       <c r="F1429" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1429" s="5" t="s">
-        <v>591</v>
+        <v>845</v>
       </c>
     </row>
     <row r="1430" spans="1:7">
       <c r="A1430" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1430" s="4" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="C1430" s="5">
-        <v>49146</v>
+        <v>49133</v>
       </c>
       <c r="D1430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1430" s="5">
         <v>40</v>
       </c>
       <c r="F1430" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1430" s="5" t="s">
-        <v>1672</v>
+        <v>591</v>
       </c>
     </row>
     <row r="1431" spans="1:7">
       <c r="A1431" s="3" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="B1431" s="4" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
       <c r="C1431" s="5">
-        <v>49149</v>
+        <v>49146</v>
       </c>
       <c r="D1431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1431" s="5">
         <v>40</v>
       </c>
       <c r="F1431" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1431" s="5" t="s">
-        <v>1388</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="1432" spans="1:7">
       <c r="A1432" s="3" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="B1432" s="4" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="C1432" s="5">
-        <v>49153</v>
+        <v>49149</v>
       </c>
       <c r="D1432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1432" s="5">
         <v>40</v>
       </c>
       <c r="F1432" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1432" s="5" t="s">
-        <v>549</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="1433" spans="1:7">
       <c r="A1433" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1433" s="4" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
       <c r="C1433" s="5">
-        <v>49155</v>
+        <v>49153</v>
       </c>
       <c r="D1433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1433" s="5">
         <v>40</v>
       </c>
       <c r="F1433" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1433" s="5" t="s">
-        <v>1620</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1434" spans="1:7">
       <c r="A1434" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1434" s="4" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
       <c r="C1434" s="5">
-        <v>49156</v>
+        <v>49155</v>
       </c>
       <c r="D1434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1434" s="5">
         <v>40</v>
       </c>
       <c r="F1434" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1434" s="5" t="s">
-        <v>233</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="1435" spans="1:7">
       <c r="A1435" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1435" s="4" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
       <c r="C1435" s="5">
-        <v>49158</v>
+        <v>49156</v>
       </c>
       <c r="D1435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1435" s="5">
         <v>40</v>
       </c>
       <c r="F1435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1435" s="5" t="s">
-        <v>400</v>
+        <v>233</v>
       </c>
     </row>
     <row r="1436" spans="1:7">
       <c r="A1436" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1436" s="4" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="C1436" s="5">
-        <v>49160</v>
+        <v>49158</v>
       </c>
       <c r="D1436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1436" s="5">
         <v>40</v>
       </c>
       <c r="F1436" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1436" s="5" t="s">
-        <v>2363</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1437" spans="1:7">
       <c r="A1437" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1437" s="4" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="C1437" s="5">
-        <v>49163</v>
+        <v>49160</v>
       </c>
       <c r="D1437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1437" s="5">
         <v>40</v>
       </c>
       <c r="F1437" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1437" s="5" t="s">
-        <v>2648</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="1438" spans="1:7">
       <c r="A1438" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1438" s="4" t="s">
         <v>2649</v>
       </c>
       <c r="C1438" s="5">
-        <v>49172</v>
+        <v>49163</v>
       </c>
       <c r="D1438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1438" s="5">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="F1438" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1438" s="5" t="s">
-        <v>1873</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="1439" spans="1:7">
       <c r="A1439" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1439" s="4" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="C1439" s="5">
-        <v>49186</v>
+        <v>49172</v>
       </c>
       <c r="D1439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1439" s="5">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F1439" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1439" s="5" t="s">
-        <v>2651</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="1440" spans="1:7">
       <c r="A1440" s="3" t="s">
         <v>620</v>
       </c>
       <c r="B1440" s="4" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
       <c r="C1440" s="5">
         <v>49186</v>
       </c>
       <c r="D1440" s="4" t="s">
-        <v>157</v>
+        <v>14</v>
       </c>
       <c r="E1440" s="5">
         <v>40</v>
       </c>
       <c r="F1440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1440" s="5" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="1441" spans="1:7">
       <c r="A1441" s="3" t="s">
-        <v>1944</v>
+        <v>620</v>
       </c>
       <c r="B1441" s="4" t="s">
         <v>2652</v>
       </c>
       <c r="C1441" s="5">
-        <v>49209</v>
+        <v>49186</v>
       </c>
       <c r="D1441" s="4" t="s">
-        <v>14</v>
+        <v>157</v>
       </c>
       <c r="E1441" s="5">
         <v>40</v>
       </c>
       <c r="F1441" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1441" s="5" t="s">
         <v>2653</v>
       </c>
     </row>
     <row r="1442" spans="1:7">
       <c r="A1442" s="3" t="s">
-        <v>620</v>
+        <v>1944</v>
       </c>
       <c r="B1442" s="4" t="s">
         <v>2654</v>
       </c>
       <c r="C1442" s="5">
-        <v>49206</v>
+        <v>49209</v>
       </c>
       <c r="D1442" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1442" s="5">
         <v>40</v>
       </c>
       <c r="F1442" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1442" s="5" t="s">
         <v>2655</v>
       </c>
     </row>
     <row r="1443" spans="1:7">
       <c r="A1443" s="3" t="s">
-        <v>2633</v>
+        <v>620</v>
       </c>
       <c r="B1443" s="4" t="s">
         <v>2656</v>
       </c>
       <c r="C1443" s="5">
-        <v>49207</v>
+        <v>49206</v>
       </c>
       <c r="D1443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1443" s="5">
         <v>40</v>
       </c>
       <c r="F1443" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1443" s="5" t="s">
-        <v>433</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="1444" spans="1:7">
       <c r="A1444" s="3" t="s">
-        <v>1932</v>
+        <v>2635</v>
       </c>
       <c r="B1444" s="4" t="s">
-        <v>2657</v>
+        <v>2658</v>
       </c>
       <c r="C1444" s="5">
-        <v>49249</v>
+        <v>49207</v>
       </c>
       <c r="D1444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1444" s="5">
         <v>40</v>
       </c>
       <c r="F1444" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1444" s="5" t="s">
-        <v>2658</v>
+        <v>433</v>
       </c>
     </row>
     <row r="1445" spans="1:7">
       <c r="A1445" s="3" t="s">
-        <v>620</v>
+        <v>1932</v>
       </c>
       <c r="B1445" s="4" t="s">
-        <v>2657</v>
+        <v>2659</v>
       </c>
       <c r="C1445" s="5">
         <v>49249</v>
       </c>
       <c r="D1445" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1445" s="5">
         <v>40</v>
       </c>
       <c r="F1445" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1445" s="5" t="s">
-        <v>1700</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="1446" spans="1:7">
       <c r="A1446" s="3" t="s">
-        <v>2109</v>
+        <v>620</v>
       </c>
       <c r="B1446" s="4" t="s">
         <v>2659</v>
       </c>
       <c r="C1446" s="5">
-        <v>49250</v>
+        <v>49249</v>
       </c>
       <c r="D1446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1446" s="5">
         <v>40</v>
       </c>
       <c r="F1446" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1446" s="5" t="s">
-        <v>1076</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="1447" spans="1:7">
       <c r="A1447" s="3" t="s">
-        <v>620</v>
+        <v>2111</v>
       </c>
       <c r="B1447" s="4" t="s">
-        <v>2660</v>
+        <v>2661</v>
       </c>
       <c r="C1447" s="5">
-        <v>49258</v>
+        <v>49250</v>
       </c>
       <c r="D1447" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1447" s="5">
         <v>40</v>
       </c>
       <c r="F1447" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1447" s="5" t="s">
-        <v>1123</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="1448" spans="1:7">
       <c r="A1448" s="3" t="s">
-        <v>2109</v>
+        <v>620</v>
       </c>
       <c r="B1448" s="4" t="s">
-        <v>2661</v>
+        <v>2662</v>
       </c>
       <c r="C1448" s="5">
-        <v>49268</v>
+        <v>49258</v>
       </c>
       <c r="D1448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1448" s="5">
         <v>40</v>
       </c>
       <c r="F1448" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1448" s="5" t="s">
-        <v>775</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="1449" spans="1:7">
       <c r="A1449" s="3" t="s">
-        <v>2662</v>
+        <v>2111</v>
       </c>
       <c r="B1449" s="4" t="s">
         <v>2663</v>
       </c>
       <c r="C1449" s="5">
-        <v>49269</v>
+        <v>49268</v>
       </c>
       <c r="D1449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1449" s="5">
         <v>40</v>
       </c>
       <c r="F1449" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="G1449" s="5" t="s">
-        <v>279</v>
+        <v>775</v>
       </c>
     </row>
     <row r="1450" spans="1:7">
       <c r="A1450" s="3" t="s">
-        <v>620</v>
+        <v>2664</v>
       </c>
       <c r="B1450" s="4" t="s">
-        <v>2664</v>
+        <v>2665</v>
       </c>
       <c r="C1450" s="5">
-        <v>49272</v>
+        <v>49269</v>
       </c>
       <c r="D1450" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1450" s="5">
         <v>40</v>
       </c>
       <c r="F1450" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="G1450" s="5" t="s">
-        <v>2665</v>
+        <v>279</v>
       </c>
     </row>
     <row r="1451" spans="1:7">
       <c r="A1451" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="B1451" s="4" t="s">
         <v>2666</v>
       </c>
-      <c r="B1451" s="4" t="s">
+      <c r="C1451" s="5">
+        <v>49272</v>
+      </c>
+      <c r="D1451" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1451" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1451" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1451" s="5" t="s">
         <v>2667</v>
-      </c>
-[...13 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="1452" spans="1:7">
       <c r="A1452" s="3" t="s">
-        <v>620</v>
+        <v>2668</v>
       </c>
       <c r="B1452" s="4" t="s">
-        <v>2668</v>
+        <v>2669</v>
       </c>
       <c r="C1452" s="5">
         <v>49275</v>
       </c>
       <c r="D1452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1452" s="5">
         <v>40</v>
       </c>
       <c r="F1452" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1452" s="5" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:7">
+      <c r="A1453" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="B1453" s="4" t="s">
+        <v>2670</v>
+      </c>
+      <c r="C1453" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D1453" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1453" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1453" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1453" s="5" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="1453" spans="1:7">
-[...4 lines deleted...]
-      <c r="G1453" s="1"/>
+    <row r="1454" spans="1:7">
+      <c r="A1454" s="2"/>
+      <c r="C1454" s="1"/>
+      <c r="E1454" s="1"/>
+      <c r="F1454" s="1"/>
+      <c r="G1454" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">