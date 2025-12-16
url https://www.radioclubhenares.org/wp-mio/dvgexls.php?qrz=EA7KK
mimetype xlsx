--- v1 (2025-12-15)
+++ v2 (2025-12-16)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2671">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7KK</t>
   </si>
   <si>
     <t>1.261 Referencias DVGE - 1.448 QSO encontrados - 1.006 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #763 (15-12-2025 21:08)</t>
+    <t>Ranking #763 (16-12-2025 10:59)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EC5ALJ/P</t>
   </si>