--- v2 (2025-12-16)
+++ v3 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2671">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7KK</t>
   </si>
   <si>
     <t>1.261 Referencias DVGE - 1.448 QSO encontrados - 1.006 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #763 (16-12-2025 10:59)</t>
+    <t>Ranking #763 (09-02-2026 06:25)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EC5ALJ/P</t>
   </si>