--- v3 (2026-02-09)
+++ v4 (2026-03-26)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2671">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7KK</t>
   </si>
   <si>
     <t>1.261 Referencias DVGE - 1.448 QSO encontrados - 1.006 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #763 (09-02-2026 06:25)</t>
+    <t>Ranking #763 (27-03-2026 00:39)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EC5ALJ/P</t>
   </si>