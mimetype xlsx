--- v0 (2025-10-18)
+++ v1 (2026-02-01)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7KT</t>
   </si>
   <si>
-    <t>69 Referencias DVGE - 70 QSO encontrados - 68 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #4156 (18-10-2025 04:50)</t>
+    <t>70 Referencias DVGE - 72 QSO encontrados - 69 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #4156 (01-02-2026 22:42)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5AJX</t>
   </si>
@@ -456,50 +456,59 @@
     <t>VGT-001</t>
   </si>
   <si>
     <t>02/01/2016</t>
   </si>
   <si>
     <t>EA3BSE/P</t>
   </si>
   <si>
     <t>VGT-028</t>
   </si>
   <si>
     <t>06/06/2013</t>
   </si>
   <si>
     <t>VGT-096</t>
   </si>
   <si>
     <t>12/09/2009</t>
   </si>
   <si>
     <t>EA3BSE</t>
   </si>
   <si>
     <t>02/05/2016</t>
+  </si>
+  <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>VGTF-017</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
   </si>
   <si>
     <t>EB8CDK/P</t>
   </si>
   <si>
     <t>VGTF-067</t>
   </si>
   <si>
     <t>14/05/2009</t>
   </si>
   <si>
     <t>VGTO-133</t>
   </si>
   <si>
     <t>20/11/2011</t>
   </si>
   <si>
     <t>VGTO-134</t>
   </si>
   <si>
     <t>21/11/2010</t>
   </si>
   <si>
     <t>VGTO-224</t>
   </si>
@@ -1105,51 +1114,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G76"/>
+  <dimension ref="A1:G78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -2235,600 +2244,646 @@
       </c>
       <c r="C51" s="5">
         <v>43137</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="5">
         <v>40</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>149</v>
       </c>
       <c r="C52" s="5">
-        <v>38020</v>
+        <v>38006</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="5">
         <v>40</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="3" t="s">
-        <v>102</v>
+        <v>148</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C53" s="5">
-        <v>45081</v>
+        <v>38006</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="5">
         <v>40</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G53" s="5" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="3" t="s">
-        <v>102</v>
+        <v>151</v>
       </c>
       <c r="B54" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C54" s="5">
+        <v>38020</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="5">
+        <v>40</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" s="5" t="s">
         <v>153</v>
-      </c>
-[...13 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B55" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="C55" s="5">
+        <v>45081</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="5">
+        <v>40</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" s="5" t="s">
         <v>155</v>
-      </c>
-[...13 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C56" s="5">
+        <v>45081</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="5">
+        <v>40</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" s="5" t="s">
         <v>157</v>
-      </c>
-[...16 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="3" t="s">
-        <v>160</v>
+        <v>102</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C57" s="5">
-        <v>45127</v>
+        <v>45118</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="5">
         <v>40</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>162</v>
+        <v>15</v>
       </c>
       <c r="G57" s="5" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="3" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C58" s="5">
-        <v>45140</v>
+        <v>45122</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="5">
         <v>40</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="3" t="s">
-        <v>102</v>
+        <v>163</v>
       </c>
       <c r="B59" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C59" s="5">
+        <v>45127</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="5">
+        <v>40</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="G59" s="5" t="s">
         <v>166</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="3" t="s">
-        <v>102</v>
+        <v>160</v>
       </c>
       <c r="B60" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C60" s="5">
+        <v>45140</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="5">
+        <v>40</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" s="5" t="s">
         <v>168</v>
-      </c>
-[...13 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C61" s="5">
+        <v>45156</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="5">
+        <v>40</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" s="5" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="3" t="s">
-        <v>173</v>
+        <v>102</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C62" s="5">
-        <v>45180</v>
+        <v>45157</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="5">
         <v>40</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="3" t="s">
-        <v>112</v>
+        <v>173</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C63" s="5">
-        <v>45182</v>
+        <v>45168</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="5">
         <v>40</v>
       </c>
       <c r="F63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>156</v>
+        <v>175</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B64" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="B64" s="4" t="s">
+      <c r="C64" s="5">
+        <v>45180</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="5">
+        <v>40</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" s="5" t="s">
         <v>178</v>
-      </c>
-[...13 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="3" t="s">
-        <v>180</v>
+        <v>112</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C65" s="5">
-        <v>46156</v>
+        <v>45182</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="5">
         <v>40</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>182</v>
+        <v>159</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C66" s="5">
-        <v>46228</v>
+        <v>46017</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="5">
         <v>40</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C67" s="5">
-        <v>46232</v>
+        <v>46156</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="5">
         <v>40</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G67" s="5" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C68" s="5">
-        <v>47186</v>
+        <v>46228</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="5">
         <v>40</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>98</v>
+        <v>188</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C69" s="5">
+        <v>46232</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="5">
+        <v>40</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" s="5" t="s">
         <v>191</v>
-      </c>
-[...16 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>193</v>
+      </c>
+      <c r="C70" s="5">
+        <v>47186</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="5">
         <v>40</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="3" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="5">
         <v>40</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="5" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="3" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="5">
         <v>40</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>40</v>
+        <v>201</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="3" t="s">
-        <v>123</v>
+        <v>202</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>49123</v>
+        <v>203</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>204</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="5">
         <v>40</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G73" s="5" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="3" t="s">
-        <v>51</v>
+        <v>206</v>
       </c>
       <c r="B74" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C74" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="C74" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G74" s="5" t="s">
-        <v>209</v>
+        <v>40</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="3" t="s">
-        <v>189</v>
+        <v>123</v>
       </c>
       <c r="B75" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="C75" s="5">
+        <v>49123</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="5">
+        <v>40</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="C75" s="5">
+    </row>
+    <row r="76" spans="1:7">
+      <c r="A76" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="C76" s="5">
+        <v>49219</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="5">
+        <v>80</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7">
+      <c r="A77" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B77" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C77" s="5">
         <v>49242</v>
       </c>
-      <c r="D75" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G76" s="1"/>
+      <c r="D77" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="5">
+        <v>40</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78" s="2"/>
+      <c r="C78" s="1"/>
+      <c r="E78" s="1"/>
+      <c r="F78" s="1"/>
+      <c r="G78" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">