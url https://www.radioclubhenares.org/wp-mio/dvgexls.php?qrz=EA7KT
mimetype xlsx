--- v1 (2026-02-01)
+++ v2 (2026-03-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7KT</t>
   </si>
   <si>
     <t>70 Referencias DVGE - 72 QSO encontrados - 69 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #4156 (01-02-2026 22:42)</t>
+    <t>Ranking #4156 (20-03-2026 06:10)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5AJX</t>
   </si>