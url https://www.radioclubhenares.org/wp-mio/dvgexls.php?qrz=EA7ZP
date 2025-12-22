--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1266">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7ZP</t>
   </si>
   <si>
-    <t>611 Referencias DVGE - 638 QSO encontrados - 486 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1331 (05-11-2025 21:51)</t>
+    <t>611 Referencias DVGE - 639 QSO encontrados - 486 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1331 (22-12-2025 01:02)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1DX/5</t>
   </si>
@@ -2895,50 +2895,56 @@
     <t>11/05/2014</t>
   </si>
   <si>
     <t>VGSE-163</t>
   </si>
   <si>
     <t>VGSE-169</t>
   </si>
   <si>
     <t>10/03/2015</t>
   </si>
   <si>
     <t>VGSE-170</t>
   </si>
   <si>
     <t>VGSE-171</t>
   </si>
   <si>
     <t>16/10/2014</t>
   </si>
   <si>
     <t>EA7DK/P</t>
   </si>
   <si>
     <t>VGSE-175</t>
+  </si>
+  <si>
+    <t>EA7RKS/P</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
   </si>
   <si>
     <t>VGSE-185</t>
   </si>
   <si>
     <t>03/03/2015</t>
   </si>
   <si>
     <t>VGSE-186</t>
   </si>
   <si>
     <t>28/02/2015</t>
   </si>
   <si>
     <t>VGSE-188</t>
   </si>
   <si>
     <t>VGSE-189</t>
   </si>
   <si>
     <t>18/02/2015</t>
   </si>
   <si>
     <t>VGSE-190</t>
   </si>
@@ -4261,51 +4267,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G644"/>
+  <dimension ref="A1:G645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -14953,57 +14959,57 @@
     <row r="467" spans="1:7">
       <c r="A467" s="3" t="s">
         <v>959</v>
       </c>
       <c r="B467" s="4" t="s">
         <v>960</v>
       </c>
       <c r="C467" s="5">
         <v>41065</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="5">
         <v>40</v>
       </c>
       <c r="F467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G467" s="5" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3" t="s">
-        <v>387</v>
+        <v>961</v>
       </c>
       <c r="B468" s="4" t="s">
-        <v>961</v>
+        <v>960</v>
       </c>
       <c r="C468" s="5">
-        <v>41068</v>
+        <v>41065</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="5">
         <v>40</v>
       </c>
       <c r="F468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G468" s="5" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B469" s="4" t="s">
         <v>963</v>
       </c>
       <c r="C469" s="5">
         <v>41068</v>
       </c>
       <c r="D469" s="4" t="s">
@@ -15017,4038 +15023,4061 @@
       </c>
       <c r="G469" s="5" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B470" s="4" t="s">
         <v>965</v>
       </c>
       <c r="C470" s="5">
         <v>41068</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="5">
         <v>40</v>
       </c>
       <c r="F470" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G470" s="5" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C471" s="5">
         <v>41068</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="5">
         <v>40</v>
       </c>
       <c r="F471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G471" s="5" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B472" s="4" t="s">
         <v>968</v>
       </c>
       <c r="C472" s="5">
         <v>41068</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="5">
         <v>40</v>
       </c>
       <c r="F472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G472" s="5" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B473" s="4" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C473" s="5">
         <v>41068</v>
       </c>
       <c r="D473" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E473" s="5">
         <v>40</v>
       </c>
       <c r="F473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G473" s="5" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B474" s="4" t="s">
         <v>971</v>
       </c>
       <c r="C474" s="5">
         <v>41068</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E474" s="5">
         <v>40</v>
       </c>
       <c r="F474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G474" s="5" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" s="3" t="s">
-        <v>972</v>
+        <v>387</v>
       </c>
       <c r="B475" s="4" t="s">
         <v>973</v>
       </c>
       <c r="C475" s="5">
         <v>41068</v>
       </c>
       <c r="D475" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E475" s="5">
         <v>40</v>
       </c>
       <c r="F475" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G475" s="5" t="s">
-        <v>482</v>
+        <v>972</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3" t="s">
-        <v>387</v>
+        <v>974</v>
       </c>
       <c r="B476" s="4" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C476" s="5">
         <v>41068</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E476" s="5">
         <v>40</v>
       </c>
       <c r="F476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G476" s="5" t="s">
-        <v>974</v>
+        <v>482</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B477" s="4" t="s">
         <v>975</v>
       </c>
       <c r="C477" s="5">
         <v>41068</v>
       </c>
       <c r="D477" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E477" s="5">
         <v>40</v>
       </c>
       <c r="F477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G477" s="5" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3" t="s">
-        <v>300</v>
+        <v>387</v>
       </c>
       <c r="B478" s="4" t="s">
+        <v>977</v>
+      </c>
+      <c r="C478" s="5">
+        <v>41068</v>
+      </c>
+      <c r="D478" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E478" s="5">
+        <v>40</v>
+      </c>
+      <c r="F478" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G478" s="5" t="s">
         <v>976</v>
-      </c>
-[...13 lines deleted...]
-        <v>977</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3" t="s">
-        <v>941</v>
+        <v>300</v>
       </c>
       <c r="B479" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C479" s="5">
-        <v>41077</v>
+        <v>41069</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E479" s="5">
         <v>40</v>
       </c>
       <c r="F479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G479" s="5" t="s">
-        <v>185</v>
+        <v>979</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3" t="s">
         <v>941</v>
       </c>
       <c r="B480" s="4" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C480" s="5">
         <v>41077</v>
       </c>
       <c r="D480" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E480" s="5">
         <v>40</v>
       </c>
       <c r="F480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G480" s="5" t="s">
-        <v>977</v>
+        <v>185</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3" t="s">
         <v>941</v>
       </c>
       <c r="B481" s="4" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C481" s="5">
         <v>41077</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E481" s="5">
         <v>40</v>
       </c>
       <c r="F481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G481" s="5" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3" t="s">
-        <v>576</v>
+        <v>941</v>
       </c>
       <c r="B482" s="4" t="s">
         <v>982</v>
       </c>
       <c r="C482" s="5">
-        <v>41079</v>
+        <v>41077</v>
       </c>
       <c r="D482" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E482" s="5">
         <v>40</v>
       </c>
       <c r="F482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G482" s="5" t="s">
-        <v>519</v>
+        <v>983</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3" t="s">
         <v>576</v>
       </c>
       <c r="B483" s="4" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C483" s="5">
-        <v>41085</v>
+        <v>41079</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E483" s="5">
         <v>40</v>
       </c>
       <c r="F483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G483" s="5" t="s">
-        <v>736</v>
+        <v>519</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3" t="s">
-        <v>984</v>
+        <v>576</v>
       </c>
       <c r="B484" s="4" t="s">
         <v>985</v>
       </c>
       <c r="C484" s="5">
-        <v>41087</v>
+        <v>41085</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E484" s="5">
         <v>40</v>
       </c>
       <c r="F484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G484" s="5" t="s">
-        <v>126</v>
+        <v>736</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3" t="s">
-        <v>303</v>
+        <v>986</v>
       </c>
       <c r="B485" s="4" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C485" s="5">
-        <v>41095</v>
+        <v>41087</v>
       </c>
       <c r="D485" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E485" s="5">
         <v>40</v>
       </c>
       <c r="F485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G485" s="5" t="s">
-        <v>987</v>
+        <v>126</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B486" s="4" t="s">
         <v>988</v>
-      </c>
-[...1 lines deleted...]
-        <v>989</v>
       </c>
       <c r="C486" s="5">
         <v>41095</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E486" s="5">
         <v>40</v>
       </c>
       <c r="F486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G486" s="5" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="B487" s="4" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
       <c r="C487" s="5">
         <v>41095</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E487" s="5">
         <v>40</v>
       </c>
       <c r="F487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G487" s="5" t="s">
-        <v>84</v>
+        <v>992</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3" t="s">
-        <v>300</v>
+        <v>993</v>
       </c>
       <c r="B488" s="4" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C488" s="5">
-        <v>41011</v>
+        <v>41095</v>
       </c>
       <c r="D488" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E488" s="5">
         <v>40</v>
       </c>
       <c r="F488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G488" s="5" t="s">
-        <v>994</v>
+        <v>84</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B489" s="4" t="s">
         <v>995</v>
       </c>
-      <c r="B489" s="4" t="s">
+      <c r="C489" s="5">
+        <v>41011</v>
+      </c>
+      <c r="D489" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E489" s="5">
+        <v>40</v>
+      </c>
+      <c r="F489" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G489" s="5" t="s">
         <v>996</v>
-      </c>
-[...13 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" s="3" t="s">
         <v>997</v>
       </c>
       <c r="B490" s="4" t="s">
         <v>998</v>
       </c>
       <c r="C490" s="5">
-        <v>40035</v>
+        <v>40032</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E490" s="5">
         <v>40</v>
       </c>
       <c r="F490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G490" s="5" t="s">
-        <v>277</v>
+        <v>70</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" s="3" t="s">
         <v>999</v>
       </c>
       <c r="B491" s="4" t="s">
         <v>1000</v>
       </c>
       <c r="C491" s="5">
-        <v>40051</v>
+        <v>40035</v>
       </c>
       <c r="D491" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E491" s="5">
         <v>40</v>
       </c>
       <c r="F491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G491" s="5" t="s">
-        <v>1001</v>
+        <v>277</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" s="3" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="B492" s="4" t="s">
         <v>1002</v>
       </c>
       <c r="C492" s="5">
-        <v>40073</v>
+        <v>40051</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E492" s="5">
         <v>40</v>
       </c>
       <c r="F492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G492" s="5" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" s="3" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="B493" s="4" t="s">
         <v>1004</v>
       </c>
       <c r="C493" s="5">
-        <v>40138</v>
+        <v>40073</v>
       </c>
       <c r="D493" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E493" s="5">
         <v>40</v>
       </c>
       <c r="F493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G493" s="5" t="s">
-        <v>62</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" s="3" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="B494" s="4" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="C494" s="5">
-        <v>40159</v>
+        <v>40138</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E494" s="5">
         <v>40</v>
       </c>
       <c r="F494" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G494" s="5" t="s">
-        <v>645</v>
+        <v>62</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" s="3" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="B495" s="4" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C495" s="5">
-        <v>40185</v>
+        <v>40159</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E495" s="5">
         <v>40</v>
       </c>
       <c r="F495" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G495" s="5" t="s">
-        <v>318</v>
+        <v>645</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3" t="s">
         <v>999</v>
       </c>
       <c r="B496" s="4" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C496" s="5">
-        <v>40195</v>
+        <v>40185</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E496" s="5">
         <v>40</v>
       </c>
       <c r="F496" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G496" s="5" t="s">
-        <v>462</v>
+        <v>318</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3" t="s">
-        <v>1008</v>
+        <v>1001</v>
       </c>
       <c r="B497" s="4" t="s">
         <v>1009</v>
       </c>
       <c r="C497" s="5">
-        <v>42003</v>
+        <v>40195</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E497" s="5">
         <v>40</v>
       </c>
       <c r="F497" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G497" s="5" t="s">
-        <v>263</v>
+        <v>462</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="B498" s="4" t="s">
         <v>1011</v>
       </c>
       <c r="C498" s="5">
-        <v>42025</v>
+        <v>42003</v>
       </c>
       <c r="D498" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E498" s="5">
         <v>40</v>
       </c>
       <c r="F498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G498" s="5" t="s">
-        <v>56</v>
+        <v>263</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="B499" s="4" t="s">
         <v>1013</v>
       </c>
       <c r="C499" s="5">
-        <v>42029</v>
+        <v>42025</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E499" s="5">
         <v>40</v>
       </c>
       <c r="F499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G499" s="5" t="s">
-        <v>1014</v>
+        <v>56</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" s="3" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B500" s="4" t="s">
         <v>1015</v>
       </c>
-      <c r="B500" s="4" t="s">
+      <c r="C500" s="5">
+        <v>42029</v>
+      </c>
+      <c r="D500" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E500" s="5">
+        <v>40</v>
+      </c>
+      <c r="F500" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G500" s="5" t="s">
         <v>1016</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="B501" s="4" t="s">
         <v>1018</v>
       </c>
       <c r="C501" s="5">
-        <v>42183</v>
+        <v>42113</v>
       </c>
       <c r="D501" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E501" s="5">
         <v>40</v>
       </c>
       <c r="F501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G501" s="5" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="B502" s="4" t="s">
         <v>1020</v>
       </c>
       <c r="C502" s="5">
-        <v>20008</v>
+        <v>42183</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E502" s="5">
         <v>40</v>
       </c>
       <c r="F502" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G502" s="5" t="s">
-        <v>1021</v>
+        <v>181</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" s="3" t="s">
-        <v>250</v>
+        <v>1021</v>
       </c>
       <c r="B503" s="4" t="s">
         <v>1022</v>
       </c>
       <c r="C503" s="5">
-        <v>20018</v>
+        <v>20008</v>
       </c>
       <c r="D503" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E503" s="5">
         <v>40</v>
       </c>
       <c r="F503" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G503" s="5" t="s">
-        <v>181</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" s="3" t="s">
-        <v>239</v>
+        <v>250</v>
       </c>
       <c r="B504" s="4" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C504" s="5">
-        <v>20034</v>
+        <v>20018</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E504" s="5">
         <v>40</v>
       </c>
       <c r="F504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G504" s="5" t="s">
-        <v>559</v>
+        <v>181</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" s="3" t="s">
-        <v>1024</v>
+        <v>239</v>
       </c>
       <c r="B505" s="4" t="s">
         <v>1025</v>
       </c>
       <c r="C505" s="5">
-        <v>43001</v>
+        <v>20034</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E505" s="5">
         <v>40</v>
       </c>
       <c r="F505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G505" s="5" t="s">
-        <v>1026</v>
+        <v>559</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" s="3" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B506" s="4" t="s">
         <v>1027</v>
       </c>
       <c r="C506" s="5">
-        <v>43046</v>
+        <v>43001</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E506" s="5">
         <v>40</v>
       </c>
       <c r="F506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G506" s="5" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" s="3" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B507" s="4" t="s">
         <v>1029</v>
       </c>
       <c r="C507" s="5">
-        <v>43075</v>
+        <v>43046</v>
       </c>
       <c r="D507" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E507" s="5">
         <v>40</v>
       </c>
       <c r="F507" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G507" s="5" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3" t="s">
-        <v>638</v>
+        <v>1026</v>
       </c>
       <c r="B508" s="4" t="s">
         <v>1031</v>
       </c>
       <c r="C508" s="5">
-        <v>43105</v>
+        <v>43075</v>
       </c>
       <c r="D508" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E508" s="5">
         <v>40</v>
       </c>
       <c r="F508" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G508" s="5" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="B509" s="4" t="s">
         <v>1033</v>
       </c>
-      <c r="B509" s="4" t="s">
+      <c r="C509" s="5">
+        <v>43105</v>
+      </c>
+      <c r="D509" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E509" s="5">
+        <v>40</v>
+      </c>
+      <c r="F509" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G509" s="5" t="s">
         <v>1034</v>
-      </c>
-[...13 lines deleted...]
-        <v>1035</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B510" s="4" t="s">
         <v>1036</v>
       </c>
-      <c r="B510" s="4" t="s">
+      <c r="C510" s="5">
+        <v>43133</v>
+      </c>
+      <c r="D510" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E510" s="5">
+        <v>40</v>
+      </c>
+      <c r="F510" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G510" s="5" t="s">
         <v>1037</v>
-      </c>
-[...13 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B511" s="4" t="s">
         <v>1039</v>
       </c>
-      <c r="B511" s="4" t="s">
+      <c r="C511" s="5">
+        <v>43152</v>
+      </c>
+      <c r="D511" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E511" s="5">
+        <v>40</v>
+      </c>
+      <c r="F511" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G511" s="5" t="s">
         <v>1040</v>
-      </c>
-[...13 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="B512" s="4" t="s">
         <v>1042</v>
       </c>
       <c r="C512" s="5">
-        <v>44013</v>
+        <v>43162</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E512" s="5">
         <v>40</v>
       </c>
       <c r="F512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G512" s="5" t="s">
-        <v>140</v>
+        <v>196</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3" t="s">
         <v>1043</v>
       </c>
       <c r="B513" s="4" t="s">
         <v>1044</v>
       </c>
       <c r="C513" s="5">
-        <v>44054</v>
+        <v>44013</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E513" s="5">
         <v>40</v>
       </c>
       <c r="F513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G513" s="5" t="s">
-        <v>1045</v>
+        <v>140</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3" t="s">
-        <v>189</v>
+        <v>1045</v>
       </c>
       <c r="B514" s="4" t="s">
         <v>1046</v>
       </c>
       <c r="C514" s="5">
-        <v>44160</v>
+        <v>44054</v>
       </c>
       <c r="D514" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E514" s="5">
         <v>40</v>
       </c>
       <c r="F514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G514" s="5" t="s">
-        <v>308</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3" t="s">
-        <v>1043</v>
+        <v>189</v>
       </c>
       <c r="B515" s="4" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C515" s="5">
-        <v>44089</v>
+        <v>44160</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E515" s="5">
         <v>40</v>
       </c>
       <c r="F515" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G515" s="5" t="s">
-        <v>1048</v>
+        <v>308</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3" t="s">
-        <v>1010</v>
+        <v>1045</v>
       </c>
       <c r="B516" s="4" t="s">
         <v>1049</v>
       </c>
       <c r="C516" s="5">
-        <v>44132</v>
+        <v>44089</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E516" s="5">
         <v>40</v>
       </c>
       <c r="F516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G516" s="5" t="s">
-        <v>695</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3" t="s">
-        <v>1043</v>
+        <v>1012</v>
       </c>
       <c r="B517" s="4" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C517" s="5">
-        <v>44158</v>
+        <v>44132</v>
       </c>
       <c r="D517" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E517" s="5">
         <v>40</v>
       </c>
       <c r="F517" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G517" s="5" t="s">
-        <v>1051</v>
+        <v>695</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="B518" s="4" t="s">
         <v>1052</v>
       </c>
       <c r="C518" s="5">
-        <v>44210</v>
+        <v>44158</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E518" s="5">
         <v>40</v>
       </c>
       <c r="F518" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G518" s="5" t="s">
-        <v>728</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3" t="s">
-        <v>1053</v>
+        <v>1045</v>
       </c>
       <c r="B519" s="4" t="s">
         <v>1054</v>
       </c>
       <c r="C519" s="5">
-        <v>38005</v>
+        <v>44210</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E519" s="5">
         <v>40</v>
       </c>
       <c r="F519" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G519" s="5" t="s">
-        <v>1055</v>
+        <v>728</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" s="3" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B520" s="4" t="s">
         <v>1056</v>
       </c>
-      <c r="B520" s="4" t="s">
+      <c r="C520" s="5">
+        <v>38005</v>
+      </c>
+      <c r="D520" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E520" s="5">
+        <v>40</v>
+      </c>
+      <c r="F520" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G520" s="5" t="s">
         <v>1057</v>
-      </c>
-[...13 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" s="3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B521" s="4" t="s">
         <v>1059</v>
       </c>
-      <c r="B521" s="4" t="s">
+      <c r="C521" s="5">
+        <v>38017</v>
+      </c>
+      <c r="D521" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E521" s="5">
+        <v>40</v>
+      </c>
+      <c r="F521" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G521" s="5" t="s">
         <v>1060</v>
-      </c>
-[...13 lines deleted...]
-        <v>1061</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" s="3" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="B522" s="4" t="s">
         <v>1062</v>
       </c>
       <c r="C522" s="5">
-        <v>38037</v>
+        <v>38019</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E522" s="5">
         <v>40</v>
       </c>
       <c r="F522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G522" s="5" t="s">
-        <v>902</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" s="3" t="s">
-        <v>449</v>
+        <v>1061</v>
       </c>
       <c r="B523" s="4" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C523" s="5">
-        <v>45001</v>
+        <v>38037</v>
       </c>
       <c r="D523" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E523" s="5">
         <v>40</v>
       </c>
       <c r="F523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G523" s="5" t="s">
-        <v>330</v>
+        <v>902</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B524" s="4" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C524" s="5">
-        <v>45012</v>
+        <v>45001</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E524" s="5">
         <v>40</v>
       </c>
       <c r="F524" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G524" s="5" t="s">
-        <v>39</v>
+        <v>330</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" s="3" t="s">
-        <v>1065</v>
+        <v>449</v>
       </c>
       <c r="B525" s="4" t="s">
         <v>1066</v>
       </c>
       <c r="C525" s="5">
-        <v>45026</v>
+        <v>45012</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E525" s="5">
         <v>40</v>
       </c>
       <c r="F525" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G525" s="5" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" s="3" t="s">
         <v>1067</v>
       </c>
       <c r="B526" s="4" t="s">
         <v>1068</v>
       </c>
       <c r="C526" s="5">
-        <v>45028</v>
+        <v>45026</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E526" s="5">
         <v>40</v>
       </c>
       <c r="F526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G526" s="5" t="s">
-        <v>1069</v>
+        <v>34</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" s="3" t="s">
-        <v>470</v>
+        <v>1069</v>
       </c>
       <c r="B527" s="4" t="s">
         <v>1070</v>
       </c>
       <c r="C527" s="5">
-        <v>45031</v>
+        <v>45028</v>
       </c>
       <c r="D527" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E527" s="5">
         <v>40</v>
       </c>
       <c r="F527" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G527" s="5" t="s">
-        <v>126</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" s="3" t="s">
         <v>470</v>
       </c>
       <c r="B528" s="4" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="C528" s="5">
-        <v>45037</v>
+        <v>45031</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E528" s="5">
         <v>40</v>
       </c>
       <c r="F528" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G528" s="5" t="s">
-        <v>1072</v>
+        <v>126</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="B529" s="4" t="s">
         <v>1073</v>
       </c>
-      <c r="B529" s="4" t="s">
+      <c r="C529" s="5">
+        <v>45037</v>
+      </c>
+      <c r="D529" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E529" s="5">
+        <v>40</v>
+      </c>
+      <c r="F529" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G529" s="5" t="s">
         <v>1074</v>
-      </c>
-[...13 lines deleted...]
-        <v>1075</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" s="3" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B530" s="4" t="s">
         <v>1076</v>
       </c>
-      <c r="B530" s="4" t="s">
+      <c r="C530" s="5">
+        <v>45050</v>
+      </c>
+      <c r="D530" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E530" s="5">
+        <v>40</v>
+      </c>
+      <c r="F530" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G530" s="5" t="s">
         <v>1077</v>
-      </c>
-[...13 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" s="3" t="s">
-        <v>470</v>
+        <v>1078</v>
       </c>
       <c r="B531" s="4" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C531" s="5">
-        <v>45059</v>
+        <v>45053</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E531" s="5">
         <v>40</v>
       </c>
       <c r="F531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G531" s="5" t="s">
-        <v>1079</v>
+        <v>196</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" s="3" t="s">
-        <v>449</v>
+        <v>470</v>
       </c>
       <c r="B532" s="4" t="s">
         <v>1080</v>
       </c>
       <c r="C532" s="5">
         <v>45059</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E532" s="5">
         <v>40</v>
       </c>
       <c r="F532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G532" s="5" t="s">
-        <v>20</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" s="3" t="s">
-        <v>470</v>
+        <v>449</v>
       </c>
       <c r="B533" s="4" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C533" s="5">
-        <v>45062</v>
+        <v>45059</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E533" s="5">
         <v>40</v>
       </c>
       <c r="F533" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G533" s="5" t="s">
-        <v>1082</v>
+        <v>20</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="B534" s="4" t="s">
         <v>1083</v>
       </c>
-      <c r="B534" s="4" t="s">
+      <c r="C534" s="5">
+        <v>45062</v>
+      </c>
+      <c r="D534" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E534" s="5">
+        <v>40</v>
+      </c>
+      <c r="F534" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G534" s="5" t="s">
         <v>1084</v>
-      </c>
-[...13 lines deleted...]
-        <v>1085</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" s="3" t="s">
-        <v>723</v>
+        <v>1085</v>
       </c>
       <c r="B535" s="4" t="s">
         <v>1086</v>
       </c>
       <c r="C535" s="5">
         <v>45071</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E535" s="5">
         <v>40</v>
       </c>
       <c r="F535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G535" s="5" t="s">
-        <v>28</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" s="3" t="s">
-        <v>449</v>
+        <v>723</v>
       </c>
       <c r="B536" s="4" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="C536" s="5">
-        <v>45083</v>
+        <v>45071</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E536" s="5">
         <v>40</v>
       </c>
       <c r="F536" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G536" s="5" t="s">
-        <v>1088</v>
+        <v>28</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B537" s="4" t="s">
         <v>1089</v>
       </c>
       <c r="C537" s="5">
-        <v>45087</v>
+        <v>45083</v>
       </c>
       <c r="D537" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E537" s="5">
         <v>40</v>
       </c>
       <c r="F537" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G537" s="5" t="s">
-        <v>50</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" s="3" t="s">
-        <v>470</v>
+        <v>449</v>
       </c>
       <c r="B538" s="4" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C538" s="5">
-        <v>45115</v>
+        <v>45087</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E538" s="5">
         <v>40</v>
       </c>
       <c r="F538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G538" s="5" t="s">
-        <v>416</v>
+        <v>50</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" s="3" t="s">
-        <v>1091</v>
+        <v>470</v>
       </c>
       <c r="B539" s="4" t="s">
         <v>1092</v>
       </c>
       <c r="C539" s="5">
-        <v>45117</v>
+        <v>45115</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E539" s="5">
         <v>40</v>
       </c>
       <c r="F539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G539" s="5" t="s">
-        <v>623</v>
+        <v>416</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" s="3" t="s">
-        <v>449</v>
+        <v>1093</v>
       </c>
       <c r="B540" s="4" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="C540" s="5">
-        <v>45121</v>
+        <v>45117</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E540" s="5">
         <v>40</v>
       </c>
       <c r="F540" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G540" s="5" t="s">
-        <v>120</v>
+        <v>623</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B541" s="4" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C541" s="5">
-        <v>45122</v>
+        <v>45121</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E541" s="5">
         <v>40</v>
       </c>
       <c r="F541" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G541" s="5" t="s">
-        <v>1095</v>
+        <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B542" s="4" t="s">
         <v>1096</v>
       </c>
       <c r="C542" s="5">
-        <v>45124</v>
+        <v>45122</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E542" s="5">
         <v>40</v>
       </c>
       <c r="F542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G542" s="5" t="s">
-        <v>62</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B543" s="4" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="C543" s="5">
         <v>45124</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E543" s="5">
         <v>40</v>
       </c>
       <c r="F543" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G543" s="5" t="s">
-        <v>1098</v>
+        <v>62</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B544" s="4" t="s">
         <v>1099</v>
       </c>
       <c r="C544" s="5">
         <v>45124</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E544" s="5">
         <v>40</v>
       </c>
       <c r="F544" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G544" s="5" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" s="3" t="s">
-        <v>470</v>
+        <v>449</v>
       </c>
       <c r="B545" s="4" t="s">
         <v>1101</v>
       </c>
       <c r="C545" s="5">
-        <v>45149</v>
+        <v>45124</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E545" s="5">
         <v>40</v>
       </c>
       <c r="F545" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G545" s="5" t="s">
         <v>1102</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" s="3" t="s">
         <v>470</v>
       </c>
       <c r="B546" s="4" t="s">
         <v>1103</v>
       </c>
       <c r="C546" s="5">
-        <v>45156</v>
+        <v>45149</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E546" s="5">
         <v>40</v>
       </c>
       <c r="F546" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G546" s="5" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" s="3" t="s">
-        <v>449</v>
+        <v>470</v>
       </c>
       <c r="B547" s="4" t="s">
         <v>1105</v>
       </c>
       <c r="C547" s="5">
-        <v>45158</v>
+        <v>45156</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E547" s="5">
         <v>40</v>
       </c>
       <c r="F547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G547" s="5" t="s">
-        <v>690</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" s="3" t="s">
-        <v>470</v>
+        <v>449</v>
       </c>
       <c r="B548" s="4" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C548" s="5">
-        <v>45901</v>
+        <v>45158</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E548" s="5">
         <v>40</v>
       </c>
       <c r="F548" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G548" s="5" t="s">
-        <v>612</v>
+        <v>690</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" s="3" t="s">
-        <v>449</v>
+        <v>470</v>
       </c>
       <c r="B549" s="4" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="C549" s="5">
-        <v>45168</v>
+        <v>45901</v>
       </c>
       <c r="D549" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E549" s="5">
         <v>40</v>
       </c>
       <c r="F549" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G549" s="5" t="s">
-        <v>372</v>
+        <v>612</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" s="3" t="s">
-        <v>470</v>
+        <v>449</v>
       </c>
       <c r="B550" s="4" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C550" s="5">
-        <v>45171</v>
+        <v>45168</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E550" s="5">
         <v>40</v>
       </c>
       <c r="F550" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G550" s="5" t="s">
-        <v>427</v>
+        <v>372</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" s="3" t="s">
-        <v>449</v>
+        <v>470</v>
       </c>
       <c r="B551" s="4" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="C551" s="5">
-        <v>45177</v>
+        <v>45171</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E551" s="5">
         <v>40</v>
       </c>
       <c r="F551" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G551" s="5" t="s">
-        <v>140</v>
+        <v>427</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" s="3" t="s">
-        <v>473</v>
+        <v>449</v>
       </c>
       <c r="B552" s="4" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C552" s="5">
-        <v>45186</v>
+        <v>45177</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E552" s="5">
         <v>40</v>
       </c>
       <c r="F552" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G552" s="5" t="s">
-        <v>559</v>
+        <v>140</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" s="3" t="s">
-        <v>1111</v>
+        <v>473</v>
       </c>
       <c r="B553" s="4" t="s">
         <v>1112</v>
       </c>
       <c r="C553" s="5">
-        <v>45191</v>
+        <v>45186</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E553" s="5">
         <v>40</v>
       </c>
       <c r="F553" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G553" s="5" t="s">
-        <v>1113</v>
+        <v>559</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" s="3" t="s">
-        <v>449</v>
+        <v>1113</v>
       </c>
       <c r="B554" s="4" t="s">
         <v>1114</v>
       </c>
       <c r="C554" s="5">
-        <v>45193</v>
+        <v>45191</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E554" s="5">
         <v>40</v>
       </c>
       <c r="F554" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G554" s="5" t="s">
-        <v>335</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" s="3" t="s">
-        <v>1115</v>
+        <v>449</v>
       </c>
       <c r="B555" s="4" t="s">
         <v>1116</v>
       </c>
       <c r="C555" s="5">
         <v>45193</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E555" s="5">
         <v>40</v>
       </c>
       <c r="F555" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G555" s="5" t="s">
-        <v>416</v>
+        <v>335</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" s="3" t="s">
-        <v>449</v>
+        <v>1117</v>
       </c>
       <c r="B556" s="4" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C556" s="5">
-        <v>45200</v>
+        <v>45193</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E556" s="5">
         <v>40</v>
       </c>
       <c r="F556" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G556" s="5" t="s">
-        <v>310</v>
+        <v>416</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B557" s="4" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C557" s="5">
         <v>45200</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E557" s="5">
         <v>40</v>
       </c>
       <c r="F557" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G557" s="5" t="s">
-        <v>753</v>
+        <v>310</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B558" s="4" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C558" s="5">
         <v>45200</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E558" s="5">
         <v>40</v>
       </c>
       <c r="F558" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G558" s="5" t="s">
-        <v>295</v>
+        <v>753</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" s="3" t="s">
-        <v>1115</v>
+        <v>449</v>
       </c>
       <c r="B559" s="4" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="C559" s="5">
-        <v>45202</v>
+        <v>45200</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E559" s="5">
         <v>40</v>
       </c>
       <c r="F559" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G559" s="5" t="s">
-        <v>710</v>
+        <v>295</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" s="3" t="s">
-        <v>77</v>
+        <v>1117</v>
       </c>
       <c r="B560" s="4" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C560" s="5">
-        <v>46017</v>
+        <v>45202</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E560" s="5">
         <v>40</v>
       </c>
       <c r="F560" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G560" s="5" t="s">
-        <v>758</v>
+        <v>710</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" s="3" t="s">
-        <v>837</v>
+        <v>77</v>
       </c>
       <c r="B561" s="4" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C561" s="5">
-        <v>46027</v>
+        <v>46017</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E561" s="5">
         <v>40</v>
       </c>
       <c r="F561" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G561" s="5" t="s">
-        <v>1122</v>
+        <v>758</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" s="3" t="s">
-        <v>77</v>
+        <v>837</v>
       </c>
       <c r="B562" s="4" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="C562" s="5">
         <v>46027</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E562" s="5">
         <v>40</v>
       </c>
       <c r="F562" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G562" s="5" t="s">
-        <v>34</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" s="3" t="s">
-        <v>837</v>
+        <v>77</v>
       </c>
       <c r="B563" s="4" t="s">
         <v>1123</v>
       </c>
       <c r="C563" s="5">
-        <v>46077</v>
+        <v>46027</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E563" s="5">
         <v>40</v>
       </c>
       <c r="F563" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G563" s="5" t="s">
-        <v>616</v>
+        <v>34</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" s="3" t="s">
-        <v>1124</v>
+        <v>837</v>
       </c>
       <c r="B564" s="4" t="s">
         <v>1125</v>
       </c>
       <c r="C564" s="5">
-        <v>46094</v>
+        <v>46077</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E564" s="5">
         <v>40</v>
       </c>
       <c r="F564" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G564" s="5" t="s">
-        <v>1058</v>
+        <v>616</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" s="3" t="s">
         <v>1126</v>
       </c>
       <c r="B565" s="4" t="s">
         <v>1127</v>
       </c>
       <c r="C565" s="5">
-        <v>46111</v>
+        <v>46094</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E565" s="5">
         <v>40</v>
       </c>
       <c r="F565" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G565" s="5" t="s">
-        <v>1128</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" s="3" t="s">
-        <v>837</v>
+        <v>1128</v>
       </c>
       <c r="B566" s="4" t="s">
         <v>1129</v>
       </c>
       <c r="C566" s="5">
         <v>46111</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E566" s="5">
         <v>40</v>
       </c>
       <c r="F566" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G566" s="5" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="B567" s="4" t="s">
         <v>1131</v>
       </c>
-      <c r="B567" s="4" t="s">
+      <c r="C567" s="5">
+        <v>46111</v>
+      </c>
+      <c r="D567" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E567" s="5">
+        <v>40</v>
+      </c>
+      <c r="F567" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G567" s="5" t="s">
         <v>1132</v>
-      </c>
-[...13 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" s="3" t="s">
-        <v>837</v>
+        <v>1133</v>
       </c>
       <c r="B568" s="4" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="C568" s="5">
         <v>46118</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E568" s="5">
         <v>40</v>
       </c>
       <c r="F568" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G568" s="5" t="s">
-        <v>1134</v>
+        <v>163</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="B569" s="4" t="s">
         <v>1135</v>
       </c>
-      <c r="B569" s="4" t="s">
+      <c r="C569" s="5">
+        <v>46118</v>
+      </c>
+      <c r="D569" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E569" s="5">
+        <v>40</v>
+      </c>
+      <c r="F569" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G569" s="5" t="s">
         <v>1136</v>
-      </c>
-[...13 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" s="3" t="s">
-        <v>837</v>
+        <v>1137</v>
       </c>
       <c r="B570" s="4" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="C570" s="5">
-        <v>46136</v>
+        <v>46131</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E570" s="5">
         <v>40</v>
       </c>
       <c r="F570" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G570" s="5" t="s">
-        <v>1102</v>
+        <v>215</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" s="3" t="s">
-        <v>1138</v>
+        <v>837</v>
       </c>
       <c r="B571" s="4" t="s">
         <v>1139</v>
       </c>
       <c r="C571" s="5">
-        <v>46170</v>
+        <v>46136</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E571" s="5">
         <v>40</v>
       </c>
       <c r="F571" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G571" s="5" t="s">
-        <v>1140</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" s="3" t="s">
-        <v>127</v>
+        <v>1140</v>
       </c>
       <c r="B572" s="4" t="s">
         <v>1141</v>
       </c>
       <c r="C572" s="5">
-        <v>46184</v>
+        <v>46170</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E572" s="5">
         <v>40</v>
       </c>
       <c r="F572" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G572" s="5" t="s">
-        <v>944</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" s="3" t="s">
-        <v>77</v>
+        <v>127</v>
       </c>
       <c r="B573" s="4" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C573" s="5">
-        <v>46194</v>
+        <v>46184</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E573" s="5">
         <v>40</v>
       </c>
       <c r="F573" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G573" s="5" t="s">
-        <v>1143</v>
+        <v>944</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B574" s="4" t="s">
         <v>1144</v>
       </c>
-      <c r="B574" s="4" t="s">
+      <c r="C574" s="5">
+        <v>46194</v>
+      </c>
+      <c r="D574" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E574" s="5">
+        <v>40</v>
+      </c>
+      <c r="F574" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G574" s="5" t="s">
         <v>1145</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" s="3" t="s">
-        <v>272</v>
+        <v>1146</v>
       </c>
       <c r="B575" s="4" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="C575" s="5">
-        <v>47005</v>
+        <v>46244</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E575" s="5">
         <v>40</v>
       </c>
       <c r="F575" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G575" s="5" t="s">
-        <v>478</v>
+        <v>31</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" s="3" t="s">
-        <v>693</v>
+        <v>272</v>
       </c>
       <c r="B576" s="4" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="C576" s="5">
-        <v>47010</v>
+        <v>47005</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E576" s="5">
         <v>40</v>
       </c>
       <c r="F576" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G576" s="5" t="s">
-        <v>715</v>
+        <v>478</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" s="3" t="s">
-        <v>171</v>
+        <v>693</v>
       </c>
       <c r="B577" s="4" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C577" s="5">
-        <v>47031</v>
+        <v>47010</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E577" s="5">
         <v>40</v>
       </c>
       <c r="F577" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G577" s="5" t="s">
-        <v>1149</v>
+        <v>715</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" s="3" t="s">
-        <v>693</v>
+        <v>171</v>
       </c>
       <c r="B578" s="4" t="s">
         <v>1150</v>
       </c>
       <c r="C578" s="5">
-        <v>47039</v>
+        <v>47031</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E578" s="5">
         <v>40</v>
       </c>
       <c r="F578" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G578" s="5" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" s="3" t="s">
-        <v>171</v>
+        <v>693</v>
       </c>
       <c r="B579" s="4" t="s">
         <v>1152</v>
       </c>
       <c r="C579" s="5">
-        <v>47045</v>
+        <v>47039</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E579" s="5">
         <v>40</v>
       </c>
       <c r="F579" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G579" s="5" t="s">
-        <v>94</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" s="3" t="s">
-        <v>693</v>
+        <v>171</v>
       </c>
       <c r="B580" s="4" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="C580" s="5">
-        <v>47052</v>
+        <v>47045</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E580" s="5">
         <v>40</v>
       </c>
       <c r="F580" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G580" s="5" t="s">
-        <v>1154</v>
+        <v>94</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" s="3" t="s">
         <v>693</v>
       </c>
       <c r="B581" s="4" t="s">
         <v>1155</v>
       </c>
       <c r="C581" s="5">
-        <v>47055</v>
+        <v>47052</v>
       </c>
       <c r="D581" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E581" s="5">
         <v>40</v>
       </c>
       <c r="F581" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G581" s="5" t="s">
-        <v>20</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" s="3" t="s">
         <v>693</v>
       </c>
       <c r="B582" s="4" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C582" s="5">
-        <v>47066</v>
+        <v>47055</v>
       </c>
       <c r="D582" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E582" s="5">
         <v>40</v>
       </c>
       <c r="F582" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G582" s="5" t="s">
-        <v>805</v>
+        <v>20</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" s="3" t="s">
         <v>693</v>
       </c>
       <c r="B583" s="4" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C583" s="5">
-        <v>47071</v>
+        <v>47066</v>
       </c>
       <c r="D583" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E583" s="5">
         <v>40</v>
       </c>
       <c r="F583" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G583" s="5" t="s">
-        <v>1158</v>
+        <v>805</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" s="3" t="s">
-        <v>171</v>
+        <v>693</v>
       </c>
       <c r="B584" s="4" t="s">
         <v>1159</v>
       </c>
       <c r="C584" s="5">
-        <v>47101</v>
+        <v>47071</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E584" s="5">
         <v>40</v>
       </c>
       <c r="F584" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G584" s="5" t="s">
-        <v>526</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" s="3" t="s">
-        <v>693</v>
+        <v>171</v>
       </c>
       <c r="B585" s="4" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="C585" s="5">
-        <v>47110</v>
+        <v>47101</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E585" s="5">
         <v>40</v>
       </c>
       <c r="F585" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G585" s="5" t="s">
-        <v>1161</v>
+        <v>526</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" s="3" t="s">
-        <v>272</v>
+        <v>693</v>
       </c>
       <c r="B586" s="4" t="s">
         <v>1162</v>
       </c>
       <c r="C586" s="5">
-        <v>47124</v>
+        <v>47110</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E586" s="5">
         <v>40</v>
       </c>
       <c r="F586" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G586" s="5" t="s">
-        <v>1048</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" s="3" t="s">
-        <v>693</v>
+        <v>272</v>
       </c>
       <c r="B587" s="4" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C587" s="5">
-        <v>47144</v>
+        <v>47124</v>
       </c>
       <c r="D587" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E587" s="5">
         <v>40</v>
       </c>
       <c r="F587" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G587" s="5" t="s">
-        <v>1085</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" s="3" t="s">
         <v>693</v>
       </c>
       <c r="B588" s="4" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="C588" s="5">
-        <v>47191</v>
+        <v>47144</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E588" s="5">
         <v>40</v>
       </c>
       <c r="F588" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G588" s="5" t="s">
-        <v>84</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" s="3" t="s">
-        <v>1165</v>
+        <v>693</v>
       </c>
       <c r="B589" s="4" t="s">
         <v>1166</v>
       </c>
       <c r="C589" s="5">
-        <v>47212</v>
+        <v>47191</v>
       </c>
       <c r="D589" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E589" s="5">
         <v>40</v>
       </c>
       <c r="F589" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G589" s="5" t="s">
-        <v>690</v>
+        <v>84</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" s="3" t="s">
         <v>1167</v>
       </c>
       <c r="B590" s="4" t="s">
         <v>1168</v>
       </c>
       <c r="C590" s="5">
-        <v>47217</v>
+        <v>47212</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E590" s="5">
         <v>40</v>
       </c>
       <c r="F590" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G590" s="5" t="s">
-        <v>1169</v>
+        <v>690</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" s="3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B591" s="4" t="s">
         <v>1170</v>
       </c>
-      <c r="B591" s="4" t="s">
+      <c r="C591" s="5">
+        <v>47217</v>
+      </c>
+      <c r="D591" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E591" s="5">
+        <v>40</v>
+      </c>
+      <c r="F591" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G591" s="5" t="s">
         <v>1171</v>
-      </c>
-[...13 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" s="3" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B592" s="4" t="s">
         <v>1173</v>
       </c>
-      <c r="B592" s="4" t="s">
+      <c r="C592" s="5" t="s">
         <v>1174</v>
       </c>
-      <c r="C592" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D592" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E592" s="5">
         <v>40</v>
       </c>
       <c r="F592" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G592" s="5" t="s">
-        <v>1176</v>
+        <v>649</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" s="3" t="s">
-        <v>239</v>
+        <v>1175</v>
       </c>
       <c r="B593" s="4" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C593" s="5" t="s">
         <v>1177</v>
       </c>
-      <c r="C593" s="5" t="s">
+      <c r="D593" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E593" s="5">
+        <v>40</v>
+      </c>
+      <c r="F593" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G593" s="5" t="s">
         <v>1178</v>
-      </c>
-[...10 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B594" s="4" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C594" s="5" t="s">
         <v>1180</v>
       </c>
-      <c r="C594" s="5" t="s">
+      <c r="D594" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E594" s="5">
+        <v>40</v>
+      </c>
+      <c r="F594" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G594" s="5" t="s">
         <v>1181</v>
-      </c>
-[...10 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" s="3" t="s">
-        <v>1173</v>
+        <v>239</v>
       </c>
       <c r="B595" s="4" t="s">
         <v>1182</v>
       </c>
       <c r="C595" s="5" t="s">
         <v>1183</v>
       </c>
       <c r="D595" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E595" s="5">
         <v>40</v>
       </c>
       <c r="F595" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G595" s="5" t="s">
-        <v>1184</v>
+        <v>736</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" s="3" t="s">
-        <v>250</v>
+        <v>1175</v>
       </c>
       <c r="B596" s="4" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C596" s="5" t="s">
         <v>1185</v>
       </c>
-      <c r="C596" s="5" t="s">
+      <c r="D596" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E596" s="5">
+        <v>40</v>
+      </c>
+      <c r="F596" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G596" s="5" t="s">
         <v>1186</v>
-      </c>
-[...10 lines deleted...]
-        <v>1187</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B597" s="4" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C597" s="5" t="s">
         <v>1188</v>
       </c>
-      <c r="B597" s="4" t="s">
+      <c r="D597" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E597" s="5">
+        <v>40</v>
+      </c>
+      <c r="F597" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G597" s="5" t="s">
         <v>1189</v>
-      </c>
-[...13 lines deleted...]
-        <v>1191</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" s="3" t="s">
-        <v>1170</v>
+        <v>1190</v>
       </c>
       <c r="B598" s="4" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C598" s="5" t="s">
         <v>1192</v>
       </c>
-      <c r="C598" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D598" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E598" s="5">
         <v>40</v>
       </c>
       <c r="F598" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G598" s="5" t="s">
-        <v>629</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" s="3" t="s">
-        <v>1193</v>
+        <v>1172</v>
       </c>
       <c r="B599" s="4" t="s">
         <v>1194</v>
       </c>
-      <c r="C599" s="5">
-        <v>50005</v>
+      <c r="C599" s="5" t="s">
+        <v>1192</v>
       </c>
       <c r="D599" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E599" s="5">
         <v>40</v>
       </c>
       <c r="F599" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G599" s="5" t="s">
-        <v>1195</v>
+        <v>629</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" s="3" t="s">
-        <v>872</v>
+        <v>1195</v>
       </c>
       <c r="B600" s="4" t="s">
         <v>1196</v>
       </c>
       <c r="C600" s="5">
-        <v>50008</v>
+        <v>50005</v>
       </c>
       <c r="D600" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E600" s="5">
         <v>40</v>
       </c>
       <c r="F600" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G600" s="5" t="s">
-        <v>1134</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" s="3" t="s">
         <v>872</v>
       </c>
       <c r="B601" s="4" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="C601" s="5">
-        <v>50038</v>
+        <v>50008</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E601" s="5">
         <v>40</v>
       </c>
       <c r="F601" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G601" s="5" t="s">
-        <v>1198</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="B602" s="4" t="s">
         <v>1199</v>
       </c>
-      <c r="B602" s="4" t="s">
+      <c r="C602" s="5">
+        <v>50038</v>
+      </c>
+      <c r="D602" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E602" s="5">
+        <v>40</v>
+      </c>
+      <c r="F602" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G602" s="5" t="s">
         <v>1200</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" s="3" t="s">
-        <v>872</v>
+        <v>1201</v>
       </c>
       <c r="B603" s="4" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="C603" s="5">
-        <v>50068</v>
+        <v>50045</v>
       </c>
       <c r="D603" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E603" s="5">
         <v>40</v>
       </c>
       <c r="F603" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G603" s="5" t="s">
-        <v>425</v>
+        <v>31</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" s="3" t="s">
-        <v>1202</v>
+        <v>872</v>
       </c>
       <c r="B604" s="4" t="s">
         <v>1203</v>
       </c>
       <c r="C604" s="5">
-        <v>50101</v>
+        <v>50068</v>
       </c>
       <c r="D604" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E604" s="5">
         <v>40</v>
       </c>
       <c r="F604" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G604" s="5" t="s">
-        <v>1204</v>
+        <v>425</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" s="3" t="s">
-        <v>1010</v>
+        <v>1204</v>
       </c>
       <c r="B605" s="4" t="s">
         <v>1205</v>
       </c>
       <c r="C605" s="5">
-        <v>50115</v>
+        <v>50101</v>
       </c>
       <c r="D605" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E605" s="5">
         <v>40</v>
       </c>
       <c r="F605" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G605" s="5" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" s="3" t="s">
-        <v>872</v>
+        <v>1012</v>
       </c>
       <c r="B606" s="4" t="s">
         <v>1207</v>
       </c>
       <c r="C606" s="5">
-        <v>50131</v>
+        <v>50115</v>
       </c>
       <c r="D606" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E606" s="5">
         <v>40</v>
       </c>
       <c r="F606" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G606" s="5" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" s="3" t="s">
-        <v>1010</v>
+        <v>872</v>
       </c>
       <c r="B607" s="4" t="s">
         <v>1209</v>
       </c>
       <c r="C607" s="5">
-        <v>50143</v>
+        <v>50131</v>
       </c>
       <c r="D607" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E607" s="5">
         <v>40</v>
       </c>
       <c r="F607" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G607" s="5" t="s">
-        <v>235</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" s="3" t="s">
-        <v>872</v>
+        <v>1012</v>
       </c>
       <c r="B608" s="4" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C608" s="5">
-        <v>50182</v>
+        <v>50143</v>
       </c>
       <c r="D608" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E608" s="5">
         <v>40</v>
       </c>
       <c r="F608" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G608" s="5" t="s">
-        <v>1211</v>
+        <v>235</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" s="3" t="s">
         <v>872</v>
       </c>
       <c r="B609" s="4" t="s">
         <v>1212</v>
       </c>
       <c r="C609" s="5">
         <v>50182</v>
       </c>
       <c r="D609" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E609" s="5">
         <v>40</v>
       </c>
       <c r="F609" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G609" s="5" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="B610" s="4" t="s">
         <v>1214</v>
       </c>
-      <c r="B610" s="4" t="s">
+      <c r="C610" s="5">
+        <v>50182</v>
+      </c>
+      <c r="D610" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E610" s="5">
+        <v>40</v>
+      </c>
+      <c r="F610" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G610" s="5" t="s">
         <v>1215</v>
-      </c>
-[...13 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" s="3" t="s">
-        <v>872</v>
+        <v>1216</v>
       </c>
       <c r="B611" s="4" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="C611" s="5">
-        <v>50211</v>
+        <v>50208</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E611" s="5">
         <v>40</v>
       </c>
       <c r="F611" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G611" s="5" t="s">
-        <v>1217</v>
+        <v>39</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" s="3" t="s">
-        <v>1010</v>
+        <v>872</v>
       </c>
       <c r="B612" s="4" t="s">
         <v>1218</v>
       </c>
       <c r="C612" s="5">
-        <v>50222</v>
+        <v>50211</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E612" s="5">
         <v>40</v>
       </c>
       <c r="F612" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G612" s="5" t="s">
-        <v>134</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" s="3" t="s">
-        <v>872</v>
+        <v>1012</v>
       </c>
       <c r="B613" s="4" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C613" s="5">
-        <v>50223</v>
+        <v>50222</v>
       </c>
       <c r="D613" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E613" s="5">
         <v>40</v>
       </c>
       <c r="F613" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G613" s="5" t="s">
-        <v>1085</v>
+        <v>134</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" s="3" t="s">
-        <v>1220</v>
+        <v>872</v>
       </c>
       <c r="B614" s="4" t="s">
         <v>1221</v>
       </c>
       <c r="C614" s="5">
-        <v>50238</v>
+        <v>50223</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E614" s="5">
         <v>40</v>
       </c>
       <c r="F614" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G614" s="5" t="s">
-        <v>185</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" s="3" t="s">
-        <v>1010</v>
+        <v>1222</v>
       </c>
       <c r="B615" s="4" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="C615" s="5">
-        <v>50297</v>
+        <v>50238</v>
       </c>
       <c r="D615" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E615" s="5">
         <v>40</v>
       </c>
       <c r="F615" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G615" s="5" t="s">
-        <v>1223</v>
+        <v>185</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" s="3" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="B616" s="4" t="s">
         <v>1224</v>
       </c>
       <c r="C616" s="5">
-        <v>50903</v>
+        <v>50297</v>
       </c>
       <c r="D616" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E616" s="5">
         <v>40</v>
       </c>
       <c r="F616" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G616" s="5" t="s">
         <v>1225</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" s="3" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B617" s="4" t="s">
         <v>1226</v>
       </c>
-      <c r="B617" s="4" t="s">
+      <c r="C617" s="5">
+        <v>50903</v>
+      </c>
+      <c r="D617" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E617" s="5">
+        <v>40</v>
+      </c>
+      <c r="F617" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G617" s="5" t="s">
         <v>1227</v>
-      </c>
-[...13 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" s="3" t="s">
-        <v>171</v>
+        <v>1228</v>
       </c>
       <c r="B618" s="4" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="C618" s="5">
-        <v>49019</v>
+        <v>50297</v>
       </c>
       <c r="D618" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E618" s="5">
         <v>40</v>
       </c>
       <c r="F618" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G618" s="5" t="s">
-        <v>235</v>
+        <v>478</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B619" s="4" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C619" s="5">
-        <v>49020</v>
+        <v>49019</v>
       </c>
       <c r="D619" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E619" s="5">
         <v>40</v>
       </c>
       <c r="F619" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G619" s="5" t="s">
-        <v>1230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B620" s="4" t="s">
         <v>1231</v>
       </c>
       <c r="C620" s="5">
-        <v>49026</v>
+        <v>49020</v>
       </c>
       <c r="D620" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E620" s="5">
         <v>40</v>
       </c>
       <c r="F620" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G620" s="5" t="s">
-        <v>432</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B621" s="4" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="C621" s="5">
-        <v>49034</v>
+        <v>49026</v>
       </c>
       <c r="D621" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E621" s="5">
         <v>40</v>
       </c>
       <c r="F621" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G621" s="5" t="s">
-        <v>1176</v>
+        <v>432</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" s="3" t="s">
-        <v>693</v>
+        <v>171</v>
       </c>
       <c r="B622" s="4" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="C622" s="5">
-        <v>49035</v>
+        <v>49034</v>
       </c>
       <c r="D622" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E622" s="5">
         <v>40</v>
       </c>
       <c r="F622" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G622" s="5" t="s">
-        <v>64</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" s="3" t="s">
-        <v>171</v>
+        <v>693</v>
       </c>
       <c r="B623" s="4" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="C623" s="5">
-        <v>49041</v>
+        <v>49035</v>
       </c>
       <c r="D623" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E623" s="5">
         <v>40</v>
       </c>
       <c r="F623" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G623" s="5" t="s">
-        <v>235</v>
+        <v>64</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" s="3" t="s">
-        <v>693</v>
+        <v>171</v>
       </c>
       <c r="B624" s="4" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C624" s="5">
-        <v>49043</v>
+        <v>49041</v>
       </c>
       <c r="D624" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E624" s="5">
         <v>40</v>
       </c>
       <c r="F624" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G624" s="5" t="s">
-        <v>34</v>
+        <v>235</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" s="3" t="s">
-        <v>1236</v>
+        <v>693</v>
       </c>
       <c r="B625" s="4" t="s">
         <v>1237</v>
       </c>
       <c r="C625" s="5">
-        <v>49056</v>
+        <v>49043</v>
       </c>
       <c r="D625" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E625" s="5">
         <v>40</v>
       </c>
       <c r="F625" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G625" s="5" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" s="3" t="s">
-        <v>171</v>
+        <v>1238</v>
       </c>
       <c r="B626" s="4" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="C626" s="5">
-        <v>49063</v>
+        <v>49056</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E626" s="5">
         <v>40</v>
       </c>
       <c r="F626" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G626" s="5" t="s">
-        <v>1239</v>
+        <v>20</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" s="3" t="s">
-        <v>883</v>
+        <v>171</v>
       </c>
       <c r="B627" s="4" t="s">
         <v>1240</v>
       </c>
       <c r="C627" s="5">
-        <v>49093</v>
+        <v>49063</v>
       </c>
       <c r="D627" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E627" s="5">
         <v>40</v>
       </c>
       <c r="F627" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G627" s="5" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="B628" s="4" t="s">
         <v>1242</v>
       </c>
-      <c r="B628" s="4" t="s">
+      <c r="C628" s="5">
+        <v>49093</v>
+      </c>
+      <c r="D628" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E628" s="5">
+        <v>40</v>
+      </c>
+      <c r="F628" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G628" s="5" t="s">
         <v>1243</v>
-      </c>
-[...13 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" s="3" t="s">
-        <v>171</v>
+        <v>1244</v>
       </c>
       <c r="B629" s="4" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="C629" s="5">
-        <v>49122</v>
+        <v>49103</v>
       </c>
       <c r="D629" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E629" s="5">
         <v>40</v>
       </c>
       <c r="F629" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G629" s="5" t="s">
-        <v>1245</v>
+        <v>645</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B630" s="4" t="s">
         <v>1246</v>
       </c>
       <c r="C630" s="5">
-        <v>49131</v>
+        <v>49122</v>
       </c>
       <c r="D630" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E630" s="5">
         <v>40</v>
       </c>
       <c r="F630" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G630" s="5" t="s">
-        <v>478</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B631" s="4" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C631" s="5">
-        <v>49146</v>
+        <v>49131</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E631" s="5">
         <v>40</v>
       </c>
       <c r="F631" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G631" s="5" t="s">
-        <v>442</v>
+        <v>478</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" s="3" t="s">
-        <v>693</v>
+        <v>171</v>
       </c>
       <c r="B632" s="4" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="C632" s="5">
-        <v>49175</v>
+        <v>49146</v>
       </c>
       <c r="D632" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E632" s="5">
         <v>40</v>
       </c>
       <c r="F632" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G632" s="5" t="s">
-        <v>87</v>
+        <v>442</v>
       </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" s="3" t="s">
-        <v>171</v>
+        <v>693</v>
       </c>
       <c r="B633" s="4" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C633" s="5">
-        <v>49188</v>
+        <v>49175</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E633" s="5">
         <v>40</v>
       </c>
       <c r="F633" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G633" s="5" t="s">
-        <v>1250</v>
+        <v>87</v>
       </c>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B634" s="4" t="s">
         <v>1251</v>
       </c>
-      <c r="B634" s="4" t="s">
+      <c r="C634" s="5">
+        <v>49188</v>
+      </c>
+      <c r="D634" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E634" s="5">
+        <v>40</v>
+      </c>
+      <c r="F634" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G634" s="5" t="s">
         <v>1252</v>
-      </c>
-[...13 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" s="3" t="s">
         <v>1253</v>
       </c>
       <c r="B635" s="4" t="s">
         <v>1254</v>
       </c>
       <c r="C635" s="5">
-        <v>49221</v>
+        <v>49219</v>
       </c>
       <c r="D635" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E635" s="5">
         <v>40</v>
       </c>
       <c r="F635" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G635" s="5" t="s">
-        <v>181</v>
+        <v>287</v>
       </c>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" s="3" t="s">
-        <v>171</v>
+        <v>1255</v>
       </c>
       <c r="B636" s="4" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="C636" s="5">
-        <v>49226</v>
+        <v>49221</v>
       </c>
       <c r="D636" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E636" s="5">
         <v>40</v>
       </c>
       <c r="F636" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G636" s="5" t="s">
-        <v>663</v>
+        <v>181</v>
       </c>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B637" s="4" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="C637" s="5">
-        <v>49228</v>
+        <v>49226</v>
       </c>
       <c r="D637" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E637" s="5">
         <v>40</v>
       </c>
       <c r="F637" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G637" s="5" t="s">
-        <v>1257</v>
+        <v>663</v>
       </c>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B638" s="4" t="s">
         <v>1258</v>
       </c>
       <c r="C638" s="5">
-        <v>49239</v>
+        <v>49228</v>
       </c>
       <c r="D638" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E638" s="5">
         <v>40</v>
       </c>
       <c r="F638" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G638" s="5" t="s">
-        <v>439</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B639" s="4" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="C639" s="5">
-        <v>49240</v>
+        <v>49239</v>
       </c>
       <c r="D639" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E639" s="5">
         <v>40</v>
       </c>
       <c r="F639" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G639" s="5" t="s">
-        <v>249</v>
+        <v>439</v>
       </c>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B640" s="4" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="C640" s="5">
-        <v>49258</v>
+        <v>49240</v>
       </c>
       <c r="D640" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E640" s="5">
         <v>40</v>
       </c>
       <c r="F640" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G640" s="5" t="s">
-        <v>1140</v>
+        <v>249</v>
       </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B641" s="4" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C641" s="5">
-        <v>49262</v>
+        <v>49258</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E641" s="5">
         <v>40</v>
       </c>
       <c r="F641" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G641" s="5" t="s">
-        <v>140</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" s="3" t="s">
-        <v>693</v>
+        <v>171</v>
       </c>
       <c r="B642" s="4" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C642" s="5">
-        <v>49268</v>
+        <v>49262</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E642" s="5">
         <v>40</v>
       </c>
       <c r="F642" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G642" s="5" t="s">
-        <v>591</v>
+        <v>140</v>
       </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="B643" s="4" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C643" s="5">
+        <v>49268</v>
+      </c>
+      <c r="D643" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E643" s="5">
+        <v>40</v>
+      </c>
+      <c r="F643" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G643" s="5" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="644" spans="1:7">
+      <c r="A644" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B643" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C643" s="5">
+      <c r="B644" s="4" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C644" s="5">
         <v>49275</v>
       </c>
-      <c r="D643" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G644" s="1"/>
+      <c r="D644" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E644" s="5">
+        <v>40</v>
+      </c>
+      <c r="F644" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G644" s="5" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="645" spans="1:7">
+      <c r="A645" s="2"/>
+      <c r="C645" s="1"/>
+      <c r="E645" s="1"/>
+      <c r="F645" s="1"/>
+      <c r="G645" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">