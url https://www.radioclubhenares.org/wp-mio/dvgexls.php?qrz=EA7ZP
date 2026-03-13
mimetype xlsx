--- v1 (2025-12-22)
+++ v2 (2026-03-13)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1266">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA7ZP</t>
   </si>
   <si>
     <t>611 Referencias DVGE - 639 QSO encontrados - 486 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1331 (22-12-2025 01:02)</t>
+    <t>Ranking #1331 (13-03-2026 16:25)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1DX/5</t>
   </si>