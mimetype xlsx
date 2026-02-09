--- v0 (2025-10-15)
+++ v1 (2026-02-09)
@@ -12,131 +12,140 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA8DEY</t>
   </si>
   <si>
-    <t>6 Referencias DVGE - 7 QSO encontrados - 6 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #13270 (15-10-2025 07:00)</t>
+    <t>7 Referencias DVGE - 8 QSO encontrados - 7 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #13270 (09-02-2026 01:49)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1DV</t>
   </si>
   <si>
     <t>VGBU-123</t>
   </si>
   <si>
     <t>09196</t>
   </si>
   <si>
     <t>EA8DEY</t>
   </si>
   <si>
     <t>SSB</t>
   </si>
   <si>
     <t>26/02/2021</t>
   </si>
   <si>
+    <t>EA8CZ/P</t>
+  </si>
+  <si>
+    <t>VGGC-015</t>
+  </si>
+  <si>
+    <t>FM</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
     <t>EA7GVZ</t>
   </si>
   <si>
     <t>VGMA-068</t>
   </si>
   <si>
     <t>26/12/2020</t>
   </si>
   <si>
     <t>EA7K</t>
   </si>
   <si>
     <t>VGSE-007</t>
   </si>
   <si>
     <t>01/11/2020</t>
   </si>
   <si>
     <t>EA8BYC/P</t>
   </si>
   <si>
     <t>VGTF-015</t>
   </si>
   <si>
     <t>07/08/2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>FM</t>
   </si>
   <si>
     <t>EA8URT</t>
   </si>
   <si>
     <t>VGTF-113</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
     <t>EA5RKE/P</t>
   </si>
   <si>
     <t>VGV-004</t>
   </si>
   <si>
     <t>15/11/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -568,51 +577,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G13"/>
+  <dimension ref="A1:G14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -663,186 +672,209 @@
       </c>
       <c r="C6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="5">
         <v>40</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="5">
-        <v>29040</v>
+        <v>35005</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G7" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="5">
-        <v>41004</v>
+        <v>29040</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="5">
         <v>40</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="5">
-        <v>38005</v>
+        <v>41004</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="5">
         <v>40</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="3" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C10" s="5">
         <v>38005</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="5">
-        <v>38039</v>
+        <v>38005</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="5">
-        <v>46004</v>
+        <v>38039</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="5">
         <v>40</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:7">
-      <c r="A13" s="2"/>
-[...3 lines deleted...]
-      <c r="G13" s="1"/>
+      <c r="A13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C13" s="5">
+        <v>46004</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="5">
+        <v>40</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="2"/>
+      <c r="C14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">