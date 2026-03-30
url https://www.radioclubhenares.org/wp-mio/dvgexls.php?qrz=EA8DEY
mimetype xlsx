--- v1 (2026-02-09)
+++ v2 (2026-03-30)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA8DEY</t>
   </si>
   <si>
-    <t>7 Referencias DVGE - 8 QSO encontrados - 7 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #13270 (09-02-2026 01:49)</t>
+    <t>8 Referencias DVGE - 9 QSO encontrados - 8 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #13270 (30-03-2026 13:35)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA1DV</t>
   </si>
@@ -102,50 +102,59 @@
     <t>EA7GVZ</t>
   </si>
   <si>
     <t>VGMA-068</t>
   </si>
   <si>
     <t>26/12/2020</t>
   </si>
   <si>
     <t>EA7K</t>
   </si>
   <si>
     <t>VGSE-007</t>
   </si>
   <si>
     <t>01/11/2020</t>
   </si>
   <si>
     <t>EA8BYC/P</t>
   </si>
   <si>
     <t>VGTF-015</t>
   </si>
   <si>
     <t>07/08/2023</t>
+  </si>
+  <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>VGTF-108</t>
+  </si>
+  <si>
+    <t>14/02/2026</t>
   </si>
   <si>
     <t>EA8URT</t>
   </si>
   <si>
     <t>VGTF-113</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
     <t>EA5RKE/P</t>
   </si>
   <si>
     <t>VGV-004</t>
   </si>
   <si>
     <t>15/11/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -577,51 +586,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G14"/>
+  <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -787,94 +796,117 @@
       </c>
       <c r="C11" s="5">
         <v>38005</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="5">
         <v>2</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="5">
-        <v>38039</v>
+        <v>38038</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="5">
         <v>40</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="5">
-        <v>46004</v>
+        <v>38039</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="5">
         <v>40</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:7">
-      <c r="A14" s="2"/>
-[...3 lines deleted...]
-      <c r="G14" s="1"/>
+      <c r="A14" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="5">
+        <v>46004</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="5">
+        <v>40</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="2"/>
+      <c r="C15" s="1"/>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1"/>
+      <c r="G15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">