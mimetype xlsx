--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA8EZ</t>
   </si>
   <si>
     <t>103 Referencias DVGE - 150 QSO encontrados - 85 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3439 (13-10-2025 19:50)</t>
+    <t>Ranking #3439 (29-11-2025 02:17)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>