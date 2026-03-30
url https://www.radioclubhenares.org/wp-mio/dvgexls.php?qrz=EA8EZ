--- v1 (2025-11-29)
+++ v2 (2026-03-30)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA8EZ</t>
   </si>
   <si>
-    <t>103 Referencias DVGE - 150 QSO encontrados - 85 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3439 (29-11-2025 02:17)</t>
+    <t>104 Referencias DVGE - 156 QSO encontrados - 85 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3439 (30-03-2026 11:08)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5IIC</t>
   </si>
@@ -773,54 +773,66 @@
   <si>
     <t>VGTF-099</t>
   </si>
   <si>
     <t>27/04/2013</t>
   </si>
   <si>
     <t>19/12/2015</t>
   </si>
   <si>
     <t>VGTF-107</t>
   </si>
   <si>
     <t>03/09/2014</t>
   </si>
   <si>
     <t>VGTF-109</t>
   </si>
   <si>
     <t>21/08/2012</t>
   </si>
   <si>
     <t>31/08/2013</t>
   </si>
   <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>VGTF-110</t>
+  </si>
+  <si>
+    <t>15/02/2026</t>
+  </si>
+  <si>
     <t>VGTF-111</t>
   </si>
   <si>
     <t>20/04/2013</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
   </si>
   <si>
     <t>VGTF-113</t>
   </si>
   <si>
     <t>16/11/2013</t>
   </si>
   <si>
     <t>15/02/2015</t>
   </si>
   <si>
     <t>EA8CER/P</t>
   </si>
   <si>
     <t>29/03/2018</t>
   </si>
   <si>
     <t>VGTF-114</t>
   </si>
   <si>
     <t>09/09/2012</t>
   </si>
   <si>
     <t>19/10/2013</t>
   </si>
@@ -1348,51 +1360,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G156"/>
+  <dimension ref="A1:G162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -4335,583 +4347,721 @@
     <row r="132" spans="1:7">
       <c r="A132" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B132" s="4" t="s">
         <v>250</v>
       </c>
       <c r="C132" s="5">
         <v>38038</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="5">
         <v>40</v>
       </c>
       <c r="F132" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G132" s="5" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="3" t="s">
-        <v>162</v>
+        <v>253</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C133" s="5">
         <v>38038</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F133" s="5" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="G133" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="3" t="s">
-        <v>66</v>
+        <v>253</v>
       </c>
       <c r="B134" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="C134" s="5">
+        <v>38038</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="5">
+        <v>20</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="G134" s="5" t="s">
         <v>255</v>
-      </c>
-[...13 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="3" t="s">
-        <v>169</v>
+        <v>253</v>
       </c>
       <c r="B135" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="C135" s="5">
+        <v>38038</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="5">
+        <v>17</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G135" s="5" t="s">
         <v>255</v>
-      </c>
-[...13 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="3" t="s">
-        <v>258</v>
+        <v>162</v>
       </c>
       <c r="B136" s="4" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C136" s="5">
-        <v>38039</v>
+        <v>38038</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="5">
         <v>40</v>
       </c>
       <c r="F136" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G136" s="5" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="3" t="s">
-        <v>162</v>
+        <v>253</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C137" s="5">
-        <v>38039</v>
+        <v>38038</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="5" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="3" t="s">
-        <v>66</v>
+        <v>253</v>
       </c>
       <c r="B138" s="4" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C138" s="5">
-        <v>38039</v>
+        <v>38038</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F138" s="5" t="s">
-        <v>15</v>
+        <v>99</v>
       </c>
       <c r="G138" s="5" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="3" t="s">
-        <v>162</v>
+        <v>253</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="C139" s="5">
-        <v>38042</v>
+        <v>38038</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F139" s="5" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="G139" s="5" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="3" t="s">
-        <v>162</v>
+        <v>66</v>
       </c>
       <c r="B140" s="4" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C140" s="5">
-        <v>38042</v>
+        <v>38039</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="5">
         <v>40</v>
       </c>
       <c r="F140" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G140" s="5" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="3" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="C141" s="5">
-        <v>38043</v>
+        <v>38039</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="5">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F141" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G141" s="5" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="3" t="s">
-        <v>162</v>
+        <v>262</v>
       </c>
       <c r="B142" s="4" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="C142" s="5">
-        <v>38043</v>
+        <v>38039</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F142" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="5" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="3" t="s">
-        <v>66</v>
+        <v>162</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C143" s="5">
-        <v>38043</v>
+        <v>38039</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="5">
         <v>20</v>
       </c>
       <c r="F143" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G143" s="5" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B144" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="C144" s="5">
+        <v>38039</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="5">
+        <v>20</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G144" s="5" t="s">
         <v>266</v>
-      </c>
-[...13 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C145" s="5">
-        <v>38046</v>
+        <v>38042</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F145" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G145" s="5" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B146" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="C146" s="5">
+        <v>38042</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="5">
+        <v>40</v>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G146" s="5" t="s">
         <v>269</v>
-      </c>
-[...13 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B147" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="C147" s="5">
+        <v>38043</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="5">
+        <v>20</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G147" s="5" t="s">
         <v>271</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="3" t="s">
-        <v>273</v>
+        <v>162</v>
       </c>
       <c r="B148" s="4" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="C148" s="5">
-        <v>45059</v>
+        <v>38043</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F148" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G148" s="5" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="3" t="s">
-        <v>276</v>
+        <v>66</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="C149" s="5">
-        <v>46044</v>
+        <v>38043</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F149" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G149" s="5" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="3" t="s">
-        <v>276</v>
+        <v>66</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="C150" s="5">
-        <v>46118</v>
+        <v>38043</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="5">
         <v>40</v>
       </c>
       <c r="F150" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G150" s="5" t="s">
-        <v>117</v>
+        <v>272</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="3" t="s">
-        <v>280</v>
+        <v>162</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="C151" s="5">
-        <v>46249</v>
+        <v>38046</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F151" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G151" s="5" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="3" t="s">
-        <v>283</v>
+        <v>162</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>273</v>
+      </c>
+      <c r="C152" s="5">
+        <v>38046</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F152" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G152" s="5" t="s">
-        <v>122</v>
+        <v>274</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="3" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>276</v>
+      </c>
+      <c r="C153" s="5">
+        <v>45028</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F153" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G153" s="5" t="s">
-        <v>282</v>
+        <v>77</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="3" t="s">
-        <v>156</v>
+        <v>277</v>
       </c>
       <c r="B154" s="4" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="C154" s="5">
-        <v>50256</v>
+        <v>45059</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>289</v>
+        <v>14</v>
       </c>
       <c r="E154" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F154" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G154" s="5" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="B155" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="C155" s="5">
+        <v>46044</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="5">
+        <v>40</v>
+      </c>
+      <c r="F155" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G155" s="5" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7">
+      <c r="A156" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="B156" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C156" s="5">
+        <v>46118</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="5">
+        <v>40</v>
+      </c>
+      <c r="F156" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G156" s="5" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7">
+      <c r="A157" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B157" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="C157" s="5">
+        <v>46249</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="5">
+        <v>40</v>
+      </c>
+      <c r="F157" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G157" s="5" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7">
+      <c r="A158" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B158" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="5">
+        <v>40</v>
+      </c>
+      <c r="F158" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G158" s="5" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7">
+      <c r="A159" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B159" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="C159" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="B155" s="4" t="s">
+      <c r="D159" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E159" s="5">
+        <v>40</v>
+      </c>
+      <c r="F159" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G159" s="5" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7">
+      <c r="A160" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B160" s="4" t="s">
         <v>292</v>
       </c>
-      <c r="C155" s="5">
+      <c r="C160" s="5">
+        <v>50256</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="E160" s="5">
+        <v>40</v>
+      </c>
+      <c r="F160" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G160" s="5" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7">
+      <c r="A161" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B161" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="C161" s="5">
         <v>49255</v>
       </c>
-      <c r="D155" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G155" s="5" t="s">
+      <c r="D161" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="5">
+        <v>40</v>
+      </c>
+      <c r="F161" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G161" s="5" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="156" spans="1:7">
-[...4 lines deleted...]
-      <c r="G156" s="1"/>
+    <row r="162" spans="1:7">
+      <c r="A162" s="2"/>
+      <c r="C162" s="1"/>
+      <c r="E162" s="1"/>
+      <c r="F162" s="1"/>
+      <c r="G162" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">