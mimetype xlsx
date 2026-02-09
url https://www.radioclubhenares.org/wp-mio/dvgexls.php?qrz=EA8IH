--- v0 (2025-10-23)
+++ v1 (2026-02-09)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1637">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1638">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA8IH</t>
   </si>
   <si>
-    <t>800 Referencias DVGE - 1.050 QSO encontrados - 639 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1104 (23-10-2025 18:39)</t>
+    <t>800 Referencias DVGE - 1.052 QSO encontrados - 639 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1104 (09-02-2026 07:58)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5CMP/P/QRP</t>
   </si>
@@ -3701,78 +3701,81 @@
   <si>
     <t>VGTF-015</t>
   </si>
   <si>
     <t>12/08/2011</t>
   </si>
   <si>
     <t>EA8BFH/P/QRP</t>
   </si>
   <si>
     <t>18/08/2013</t>
   </si>
   <si>
     <t>EA8IH/QRP</t>
   </si>
   <si>
     <t>VGTF-016</t>
   </si>
   <si>
     <t>VGTF-017</t>
   </si>
   <si>
     <t>01/06/2012</t>
   </si>
   <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
     <t>VGTF-018</t>
   </si>
   <si>
     <t>31/08/2014</t>
   </si>
   <si>
     <t>EA8CER/P</t>
   </si>
   <si>
     <t>VGTF-022</t>
   </si>
   <si>
     <t>19/02/2011</t>
   </si>
   <si>
     <t>VGTF-023</t>
   </si>
   <si>
     <t>11/03/2012</t>
   </si>
   <si>
     <t>VGTF-024</t>
   </si>
   <si>
     <t>26/12/2010</t>
-  </si>
-[...1 lines deleted...]
-    <t>EA8AA</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>21/06/2025</t>
   </si>
   <si>
     <t>VGTF-025</t>
   </si>
   <si>
     <t>03/03/2012</t>
   </si>
   <si>
     <t>VGTF-026</t>
   </si>
   <si>
     <t>EA8BWY/P/QRP</t>
   </si>
   <si>
     <t>01/09/2013</t>
   </si>
   <si>
     <t>VGTF-036</t>
   </si>
@@ -5380,51 +5383,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1056"/>
+  <dimension ref="A1:G1058"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -20143,9507 +20146,9553 @@
     <row r="644" spans="1:7">
       <c r="A644" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B644" s="4" t="s">
         <v>1227</v>
       </c>
       <c r="C644" s="5">
         <v>38006</v>
       </c>
       <c r="D644" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E644" s="5">
         <v>2</v>
       </c>
       <c r="F644" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G644" s="5" t="s">
         <v>1228</v>
       </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" s="3" t="s">
-        <v>664</v>
+        <v>1229</v>
       </c>
       <c r="B645" s="4" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="C645" s="5">
-        <v>38007</v>
+        <v>38006</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E645" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F645" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G645" s="5" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" s="3" t="s">
-        <v>664</v>
+        <v>1229</v>
       </c>
       <c r="B646" s="4" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="C646" s="5">
-        <v>38007</v>
+        <v>38006</v>
       </c>
       <c r="D646" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E646" s="5">
         <v>40</v>
       </c>
       <c r="F646" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G646" s="5" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="B647" s="4" t="s">
         <v>1231</v>
       </c>
-      <c r="B647" s="4" t="s">
+      <c r="C647" s="5">
+        <v>38007</v>
+      </c>
+      <c r="D647" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E647" s="5">
+        <v>20</v>
+      </c>
+      <c r="F647" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G647" s="5" t="s">
         <v>1232</v>
-      </c>
-[...13 lines deleted...]
-        <v>1233</v>
       </c>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" s="3" t="s">
-        <v>1207</v>
+        <v>664</v>
       </c>
       <c r="B648" s="4" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
       <c r="C648" s="5">
-        <v>38009</v>
+        <v>38007</v>
       </c>
       <c r="D648" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E648" s="5">
         <v>40</v>
       </c>
       <c r="F648" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G648" s="5" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" s="3" t="s">
-        <v>655</v>
+        <v>1233</v>
       </c>
       <c r="B649" s="4" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="C649" s="5">
-        <v>38010</v>
+        <v>38009</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E649" s="5">
         <v>40</v>
       </c>
       <c r="F649" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G649" s="5" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" s="3" t="s">
-        <v>655</v>
+        <v>1207</v>
       </c>
       <c r="B650" s="4" t="s">
         <v>1236</v>
       </c>
       <c r="C650" s="5">
-        <v>38010</v>
+        <v>38009</v>
       </c>
       <c r="D650" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E650" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F650" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G650" s="5" t="s">
-        <v>154</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B651" s="4" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="C651" s="5">
         <v>38010</v>
       </c>
       <c r="D651" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E651" s="5">
         <v>40</v>
       </c>
       <c r="F651" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G651" s="5" t="s">
-        <v>154</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="B652" s="4" t="s">
         <v>1238</v>
-      </c>
-[...1 lines deleted...]
-        <v>1236</v>
       </c>
       <c r="C652" s="5">
         <v>38010</v>
       </c>
       <c r="D652" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E652" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F652" s="5" t="s">
-        <v>1239</v>
+        <v>15</v>
       </c>
       <c r="G652" s="5" t="s">
-        <v>1240</v>
+        <v>154</v>
       </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B653" s="4" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="C653" s="5">
-        <v>38011</v>
+        <v>38010</v>
       </c>
       <c r="D653" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E653" s="5">
         <v>40</v>
       </c>
       <c r="F653" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G653" s="5" t="s">
-        <v>1242</v>
+        <v>154</v>
       </c>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" s="3" t="s">
-        <v>655</v>
+        <v>1229</v>
       </c>
       <c r="B654" s="4" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C654" s="5">
+        <v>38010</v>
+      </c>
+      <c r="D654" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E654" s="5">
+        <v>2</v>
+      </c>
+      <c r="F654" s="5" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G654" s="5" t="s">
         <v>1241</v>
-      </c>
-[...13 lines deleted...]
-        <v>1242</v>
       </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B655" s="4" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C655" s="5">
         <v>38011</v>
       </c>
       <c r="D655" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E655" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F655" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G655" s="5" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B656" s="4" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C656" s="5">
-        <v>38012</v>
+        <v>38011</v>
       </c>
       <c r="D656" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E656" s="5">
         <v>20</v>
       </c>
       <c r="F656" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G656" s="5" t="s">
-        <v>1216</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B657" s="4" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C657" s="5">
+        <v>38011</v>
+      </c>
+      <c r="D657" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E657" s="5">
+        <v>2</v>
+      </c>
+      <c r="F657" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G657" s="5" t="s">
         <v>1243</v>
-      </c>
-[...13 lines deleted...]
-        <v>1216</v>
       </c>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B658" s="4" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="C658" s="5">
         <v>38012</v>
       </c>
       <c r="D658" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E658" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F658" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G658" s="5" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="B659" s="4" t="s">
         <v>1244</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
       <c r="C659" s="5">
         <v>38012</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E659" s="5">
         <v>40</v>
       </c>
       <c r="F659" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G659" s="5" t="s">
-        <v>365</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="B660" s="4" t="s">
         <v>1244</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
       <c r="C660" s="5">
         <v>38012</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E660" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F660" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G660" s="5" t="s">
-        <v>365</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" s="3" t="s">
-        <v>664</v>
+        <v>1245</v>
       </c>
       <c r="B661" s="4" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="C661" s="5">
         <v>38012</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E661" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F661" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G661" s="5" t="s">
-        <v>1245</v>
+        <v>365</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" s="3" t="s">
-        <v>664</v>
+        <v>1245</v>
       </c>
       <c r="B662" s="4" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="C662" s="5">
         <v>38012</v>
       </c>
       <c r="D662" s="4" t="s">
-        <v>1225</v>
+        <v>14</v>
       </c>
       <c r="E662" s="5">
         <v>20</v>
       </c>
       <c r="F662" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G662" s="5" t="s">
-        <v>1245</v>
+        <v>365</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B663" s="4" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="C663" s="5">
         <v>38012</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E663" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F663" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G663" s="5" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" s="3" t="s">
-        <v>1238</v>
+        <v>664</v>
       </c>
       <c r="B664" s="4" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C664" s="5">
+        <v>38012</v>
+      </c>
+      <c r="D664" s="4" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E664" s="5">
+        <v>20</v>
+      </c>
+      <c r="F664" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G664" s="5" t="s">
         <v>1246</v>
-      </c>
-[...13 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" s="3" t="s">
-        <v>1231</v>
+        <v>664</v>
       </c>
       <c r="B665" s="4" t="s">
-        <v>1248</v>
+        <v>1244</v>
       </c>
       <c r="C665" s="5">
-        <v>38014</v>
+        <v>38012</v>
       </c>
       <c r="D665" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E665" s="5">
         <v>40</v>
       </c>
       <c r="F665" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G665" s="5" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" s="3" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="B666" s="4" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="C666" s="5">
-        <v>38014</v>
+        <v>38013</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E666" s="5">
         <v>40</v>
       </c>
       <c r="F666" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G666" s="5" t="s">
-        <v>88</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" s="3" t="s">
-        <v>1251</v>
+        <v>1233</v>
       </c>
       <c r="B667" s="4" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="C667" s="5">
         <v>38014</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E667" s="5">
         <v>40</v>
       </c>
       <c r="F667" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G667" s="5" t="s">
-        <v>455</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" s="3" t="s">
-        <v>664</v>
+        <v>1214</v>
       </c>
       <c r="B668" s="4" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="C668" s="5">
-        <v>38016</v>
+        <v>38014</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E668" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F668" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G668" s="5" t="s">
-        <v>1254</v>
+        <v>88</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" s="3" t="s">
-        <v>664</v>
+        <v>1252</v>
       </c>
       <c r="B669" s="4" t="s">
         <v>1253</v>
       </c>
       <c r="C669" s="5">
-        <v>38016</v>
+        <v>38014</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E669" s="5">
         <v>40</v>
       </c>
       <c r="F669" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G669" s="5" t="s">
-        <v>1254</v>
+        <v>455</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" s="3" t="s">
-        <v>1251</v>
+        <v>664</v>
       </c>
       <c r="B670" s="4" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="C670" s="5">
         <v>38016</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E670" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F670" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G670" s="5" t="s">
-        <v>657</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B671" s="4" t="s">
-        <v>1256</v>
+        <v>1254</v>
       </c>
       <c r="C671" s="5">
         <v>38016</v>
       </c>
       <c r="D671" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E671" s="5">
         <v>40</v>
       </c>
       <c r="F671" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G671" s="5" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" s="3" t="s">
-        <v>664</v>
+        <v>1252</v>
       </c>
       <c r="B672" s="4" t="s">
         <v>1256</v>
       </c>
       <c r="C672" s="5">
         <v>38016</v>
       </c>
       <c r="D672" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E672" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F672" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G672" s="5" t="s">
-        <v>1257</v>
+        <v>657</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B673" s="4" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C673" s="5">
+        <v>38016</v>
+      </c>
+      <c r="D673" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E673" s="5">
+        <v>40</v>
+      </c>
+      <c r="F673" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G673" s="5" t="s">
         <v>1258</v>
-      </c>
-[...13 lines deleted...]
-        <v>1259</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B674" s="4" t="s">
-        <v>1258</v>
+        <v>1257</v>
       </c>
       <c r="C674" s="5">
-        <v>38017</v>
+        <v>38016</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E674" s="5">
         <v>20</v>
       </c>
       <c r="F674" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G674" s="5" t="s">
-        <v>1259</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" s="3" t="s">
-        <v>1260</v>
+        <v>664</v>
       </c>
       <c r="B675" s="4" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
       <c r="C675" s="5">
         <v>38017</v>
       </c>
       <c r="D675" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E675" s="5">
         <v>40</v>
       </c>
       <c r="F675" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G675" s="5" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B676" s="4" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
       <c r="C676" s="5">
         <v>38017</v>
       </c>
       <c r="D676" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E676" s="5">
         <v>20</v>
       </c>
       <c r="F676" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G676" s="5" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" s="3" t="s">
-        <v>664</v>
+        <v>1261</v>
       </c>
       <c r="B677" s="4" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C677" s="5">
         <v>38017</v>
       </c>
       <c r="D677" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E677" s="5">
         <v>40</v>
       </c>
       <c r="F677" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G677" s="5" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B678" s="4" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="C678" s="5">
         <v>38017</v>
       </c>
       <c r="D678" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E678" s="5">
         <v>20</v>
       </c>
       <c r="F678" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G678" s="5" t="s">
-        <v>361</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B679" s="4" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="C679" s="5">
         <v>38017</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E679" s="5">
         <v>40</v>
       </c>
       <c r="F679" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G679" s="5" t="s">
-        <v>361</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B680" s="4" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C680" s="5">
         <v>38017</v>
       </c>
       <c r="D680" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E680" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F680" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G680" s="5" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" s="3" t="s">
-        <v>1244</v>
+        <v>655</v>
       </c>
       <c r="B681" s="4" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C681" s="5">
         <v>38017</v>
       </c>
       <c r="D681" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E681" s="5">
         <v>40</v>
       </c>
       <c r="F681" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G681" s="5" t="s">
-        <v>1265</v>
+        <v>361</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" s="3" t="s">
-        <v>1244</v>
+        <v>655</v>
       </c>
       <c r="B682" s="4" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C682" s="5">
         <v>38017</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E682" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F682" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G682" s="5" t="s">
-        <v>1265</v>
+        <v>361</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" s="3" t="s">
-        <v>655</v>
+        <v>1245</v>
       </c>
       <c r="B683" s="4" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="C683" s="5">
         <v>38017</v>
       </c>
       <c r="D683" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E683" s="5">
         <v>40</v>
       </c>
       <c r="F683" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G683" s="5" t="s">
-        <v>151</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" s="3" t="s">
-        <v>655</v>
+        <v>1245</v>
       </c>
       <c r="B684" s="4" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="C684" s="5">
         <v>38017</v>
       </c>
       <c r="D684" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E684" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F684" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G684" s="5" t="s">
-        <v>151</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B685" s="4" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="C685" s="5">
         <v>38017</v>
       </c>
       <c r="D685" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E685" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F685" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G685" s="5" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B686" s="4" t="s">
         <v>1267</v>
       </c>
       <c r="C686" s="5">
-        <v>38018</v>
+        <v>38017</v>
       </c>
       <c r="D686" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E686" s="5">
         <v>20</v>
       </c>
       <c r="F686" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G686" s="5" t="s">
-        <v>1268</v>
+        <v>151</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B687" s="4" t="s">
         <v>1267</v>
       </c>
       <c r="C687" s="5">
-        <v>38018</v>
+        <v>38017</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E687" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F687" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G687" s="5" t="s">
-        <v>1268</v>
+        <v>151</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B688" s="4" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C688" s="5">
         <v>38018</v>
       </c>
       <c r="D688" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E688" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F688" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G688" s="5" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" s="3" t="s">
-        <v>1269</v>
+        <v>655</v>
       </c>
       <c r="B689" s="4" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C689" s="5">
         <v>38018</v>
       </c>
       <c r="D689" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E689" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F689" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G689" s="5" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" s="3" t="s">
-        <v>1269</v>
+        <v>655</v>
       </c>
       <c r="B690" s="4" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C690" s="5">
         <v>38018</v>
       </c>
       <c r="D690" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E690" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F690" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G690" s="5" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" s="3" t="s">
-        <v>655</v>
+        <v>1270</v>
       </c>
       <c r="B691" s="4" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="C691" s="5">
         <v>38018</v>
       </c>
       <c r="D691" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E691" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F691" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G691" s="5" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" s="3" t="s">
-        <v>655</v>
+        <v>1270</v>
       </c>
       <c r="B692" s="4" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="C692" s="5">
         <v>38018</v>
       </c>
       <c r="D692" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E692" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F692" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G692" s="5" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B693" s="4" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C693" s="5">
         <v>38018</v>
       </c>
       <c r="D693" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E693" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F693" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G693" s="5" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B694" s="4" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C694" s="5">
         <v>38018</v>
       </c>
       <c r="D694" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E694" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F694" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G694" s="5" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B695" s="4" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C695" s="5">
         <v>38018</v>
       </c>
       <c r="D695" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E695" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F695" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G695" s="5" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B696" s="4" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C696" s="5">
+        <v>38018</v>
+      </c>
+      <c r="D696" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E696" s="5">
+        <v>40</v>
+      </c>
+      <c r="F696" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G696" s="5" t="s">
         <v>1274</v>
-      </c>
-[...13 lines deleted...]
-        <v>1275</v>
       </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B697" s="4" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
       <c r="C697" s="5">
-        <v>38019</v>
+        <v>38018</v>
       </c>
       <c r="D697" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E697" s="5">
         <v>20</v>
       </c>
       <c r="F697" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G697" s="5" t="s">
-        <v>1275</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B698" s="4" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="C698" s="5">
         <v>38019</v>
       </c>
       <c r="D698" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E698" s="5">
         <v>40</v>
       </c>
       <c r="F698" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G698" s="5" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B699" s="4" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="C699" s="5">
         <v>38019</v>
       </c>
       <c r="D699" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E699" s="5">
         <v>20</v>
       </c>
       <c r="F699" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G699" s="5" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B700" s="4" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="C700" s="5">
         <v>38019</v>
       </c>
       <c r="D700" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E700" s="5">
         <v>40</v>
       </c>
       <c r="F700" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G700" s="5" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B701" s="4" t="s">
-        <v>1278</v>
+        <v>1277</v>
       </c>
       <c r="C701" s="5">
         <v>38019</v>
       </c>
       <c r="D701" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E701" s="5">
         <v>20</v>
       </c>
       <c r="F701" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G701" s="5" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B702" s="4" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C702" s="5">
+        <v>38019</v>
+      </c>
+      <c r="D702" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E702" s="5">
+        <v>40</v>
+      </c>
+      <c r="F702" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G702" s="5" t="s">
         <v>1280</v>
-      </c>
-[...13 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B703" s="4" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C703" s="5">
+        <v>38019</v>
+      </c>
+      <c r="D703" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E703" s="5">
+        <v>20</v>
+      </c>
+      <c r="F703" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G703" s="5" t="s">
         <v>1280</v>
-      </c>
-[...13 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B704" s="4" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C704" s="5">
         <v>38020</v>
       </c>
       <c r="D704" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E704" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F704" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G704" s="5" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" s="3" t="s">
-        <v>1207</v>
+        <v>655</v>
       </c>
       <c r="B705" s="4" t="s">
         <v>1281</v>
       </c>
       <c r="C705" s="5">
         <v>38020</v>
       </c>
       <c r="D705" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E705" s="5">
         <v>40</v>
       </c>
       <c r="F705" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G705" s="5" t="s">
-        <v>1282</v>
+        <v>853</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B706" s="4" t="s">
         <v>1281</v>
       </c>
       <c r="C706" s="5">
         <v>38020</v>
       </c>
       <c r="D706" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E706" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F706" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G706" s="5" t="s">
-        <v>1283</v>
+        <v>853</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" s="3" t="s">
-        <v>655</v>
+        <v>1207</v>
       </c>
       <c r="B707" s="4" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C707" s="5">
         <v>38020</v>
       </c>
       <c r="D707" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E707" s="5">
         <v>40</v>
       </c>
       <c r="F707" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G707" s="5" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B708" s="4" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C708" s="5">
         <v>38020</v>
       </c>
       <c r="D708" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E708" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F708" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G708" s="5" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B709" s="4" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C709" s="5">
         <v>38020</v>
       </c>
       <c r="D709" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E709" s="5">
         <v>40</v>
       </c>
       <c r="F709" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G709" s="5" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B710" s="4" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C710" s="5">
         <v>38020</v>
       </c>
       <c r="D710" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E710" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F710" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G710" s="5" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B711" s="4" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="C711" s="5">
         <v>38020</v>
       </c>
       <c r="D711" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E711" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F711" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G711" s="5" t="s">
-        <v>590</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B712" s="4" t="s">
-        <v>1285</v>
+        <v>1282</v>
       </c>
       <c r="C712" s="5">
         <v>38020</v>
       </c>
       <c r="D712" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E712" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F712" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G712" s="5" t="s">
-        <v>590</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B713" s="4" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C713" s="5">
         <v>38020</v>
       </c>
       <c r="D713" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E713" s="5">
         <v>20</v>
       </c>
       <c r="F713" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G713" s="5" t="s">
-        <v>1286</v>
+        <v>590</v>
       </c>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B714" s="4" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C714" s="5">
         <v>38020</v>
       </c>
       <c r="D714" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E714" s="5">
         <v>40</v>
       </c>
       <c r="F714" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G714" s="5" t="s">
-        <v>1286</v>
+        <v>590</v>
       </c>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="B715" s="4" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C715" s="5">
+        <v>38020</v>
+      </c>
+      <c r="D715" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E715" s="5">
+        <v>20</v>
+      </c>
+      <c r="F715" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G715" s="5" t="s">
         <v>1287</v>
-      </c>
-[...16 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="B716" s="4" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C716" s="5">
+        <v>38020</v>
+      </c>
+      <c r="D716" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E716" s="5">
+        <v>40</v>
+      </c>
+      <c r="F716" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G716" s="5" t="s">
         <v>1287</v>
-      </c>
-[...16 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" s="3" t="s">
-        <v>655</v>
+        <v>1288</v>
       </c>
       <c r="B717" s="4" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="C717" s="5">
         <v>38022</v>
       </c>
       <c r="D717" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E717" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F717" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G717" s="5" t="s">
-        <v>1289</v>
+        <v>49</v>
       </c>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" s="3" t="s">
-        <v>655</v>
+        <v>1288</v>
       </c>
       <c r="B718" s="4" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="C718" s="5">
         <v>38022</v>
       </c>
       <c r="D718" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E718" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F718" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G718" s="5" t="s">
-        <v>1289</v>
+        <v>49</v>
       </c>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B719" s="4" t="s">
-        <v>1290</v>
+        <v>1289</v>
       </c>
       <c r="C719" s="5">
         <v>38022</v>
       </c>
       <c r="D719" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E719" s="5">
         <v>20</v>
       </c>
       <c r="F719" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G719" s="5" t="s">
-        <v>1000</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B720" s="4" t="s">
-        <v>1290</v>
+        <v>1289</v>
       </c>
       <c r="C720" s="5">
         <v>38022</v>
       </c>
       <c r="D720" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E720" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F720" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G720" s="5" t="s">
-        <v>1000</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B721" s="4" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C721" s="5">
         <v>38022</v>
       </c>
       <c r="D721" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E721" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F721" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G721" s="5" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" s="3" t="s">
-        <v>1223</v>
+        <v>655</v>
       </c>
       <c r="B722" s="4" t="s">
         <v>1291</v>
       </c>
       <c r="C722" s="5">
-        <v>38026</v>
+        <v>38022</v>
       </c>
       <c r="D722" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E722" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F722" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G722" s="5" t="s">
-        <v>1292</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" s="3" t="s">
-        <v>1223</v>
+        <v>655</v>
       </c>
       <c r="B723" s="4" t="s">
         <v>1291</v>
       </c>
       <c r="C723" s="5">
-        <v>38026</v>
+        <v>38022</v>
       </c>
       <c r="D723" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E723" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F723" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G723" s="5" t="s">
-        <v>1292</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" s="3" t="s">
         <v>1223</v>
       </c>
       <c r="B724" s="4" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="C724" s="5">
         <v>38026</v>
       </c>
       <c r="D724" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E724" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F724" s="5" t="s">
-        <v>1239</v>
+        <v>15</v>
       </c>
       <c r="G724" s="5" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" s="3" t="s">
-        <v>1244</v>
+        <v>1223</v>
       </c>
       <c r="B725" s="4" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="C725" s="5">
         <v>38026</v>
       </c>
       <c r="D725" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E725" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F725" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G725" s="5" t="s">
-        <v>193</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" s="3" t="s">
-        <v>655</v>
+        <v>1223</v>
       </c>
       <c r="B726" s="4" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="C726" s="5">
         <v>38026</v>
       </c>
       <c r="D726" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E726" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F726" s="5" t="s">
-        <v>15</v>
+        <v>1240</v>
       </c>
       <c r="G726" s="5" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" s="3" t="s">
-        <v>655</v>
+        <v>1245</v>
       </c>
       <c r="B727" s="4" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="C727" s="5">
         <v>38026</v>
       </c>
       <c r="D727" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E727" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F727" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G727" s="5" t="s">
-        <v>1294</v>
+        <v>193</v>
       </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" s="3" t="s">
-        <v>1231</v>
+        <v>655</v>
       </c>
       <c r="B728" s="4" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C728" s="5">
+        <v>38026</v>
+      </c>
+      <c r="D728" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E728" s="5">
+        <v>40</v>
+      </c>
+      <c r="F728" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G728" s="5" t="s">
         <v>1295</v>
-      </c>
-[...13 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" s="3" t="s">
-        <v>1231</v>
+        <v>655</v>
       </c>
       <c r="B729" s="4" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C729" s="5">
+        <v>38026</v>
+      </c>
+      <c r="D729" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E729" s="5">
+        <v>20</v>
+      </c>
+      <c r="F729" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G729" s="5" t="s">
         <v>1295</v>
-      </c>
-[...13 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" s="3" t="s">
-        <v>655</v>
+        <v>1233</v>
       </c>
       <c r="B730" s="4" t="s">
         <v>1296</v>
       </c>
       <c r="C730" s="5">
-        <v>38028</v>
+        <v>38027</v>
       </c>
       <c r="D730" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E730" s="5">
         <v>20</v>
       </c>
       <c r="F730" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G730" s="5" t="s">
-        <v>383</v>
+        <v>121</v>
       </c>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" s="3" t="s">
-        <v>655</v>
+        <v>1233</v>
       </c>
       <c r="B731" s="4" t="s">
         <v>1296</v>
       </c>
       <c r="C731" s="5">
-        <v>38028</v>
+        <v>38027</v>
       </c>
       <c r="D731" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E731" s="5">
         <v>40</v>
       </c>
       <c r="F731" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G731" s="5" t="s">
-        <v>383</v>
+        <v>121</v>
       </c>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B732" s="4" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C732" s="5">
         <v>38028</v>
       </c>
       <c r="D732" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E732" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F732" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G732" s="5" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B733" s="4" t="s">
         <v>1297</v>
       </c>
       <c r="C733" s="5">
-        <v>38031</v>
+        <v>38028</v>
       </c>
       <c r="D733" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E733" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F733" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G733" s="5" t="s">
-        <v>1298</v>
+        <v>383</v>
       </c>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B734" s="4" t="s">
         <v>1297</v>
       </c>
       <c r="C734" s="5">
-        <v>38031</v>
+        <v>38028</v>
       </c>
       <c r="D734" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E734" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F734" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G734" s="5" t="s">
-        <v>154</v>
+        <v>383</v>
       </c>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B735" s="4" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C735" s="5">
         <v>38031</v>
       </c>
       <c r="D735" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E735" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F735" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G735" s="5" t="s">
-        <v>154</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" s="3" t="s">
-        <v>1299</v>
+        <v>655</v>
       </c>
       <c r="B736" s="4" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
       <c r="C736" s="5">
-        <v>38032</v>
+        <v>38031</v>
       </c>
       <c r="D736" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E736" s="5">
         <v>20</v>
       </c>
       <c r="F736" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G736" s="5" t="s">
-        <v>1301</v>
+        <v>154</v>
       </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B737" s="4" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
       <c r="C737" s="5">
-        <v>38032</v>
+        <v>38031</v>
       </c>
       <c r="D737" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E737" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F737" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G737" s="5" t="s">
-        <v>1302</v>
+        <v>154</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" s="3" t="s">
-        <v>655</v>
+        <v>1300</v>
       </c>
       <c r="B738" s="4" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C738" s="5">
         <v>38032</v>
       </c>
       <c r="D738" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E738" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F738" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G738" s="5" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B739" s="4" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C739" s="5">
         <v>38032</v>
       </c>
       <c r="D739" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E739" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F739" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G739" s="5" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B740" s="4" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C740" s="5">
         <v>38032</v>
       </c>
       <c r="D740" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E740" s="5">
+        <v>40</v>
+      </c>
+      <c r="F740" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G740" s="5" t="s">
         <v>1303</v>
-      </c>
-[...7 lines deleted...]
-        <v>1304</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B741" s="4" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C741" s="5">
         <v>38032</v>
       </c>
       <c r="D741" s="4" t="s">
-        <v>1225</v>
+        <v>14</v>
       </c>
       <c r="E741" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F741" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G741" s="5" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B742" s="4" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C742" s="5">
         <v>38032</v>
       </c>
       <c r="D742" s="4" t="s">
-        <v>14</v>
+        <v>1304</v>
       </c>
       <c r="E742" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F742" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G742" s="5" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B743" s="4" t="s">
-        <v>1305</v>
+        <v>1301</v>
       </c>
       <c r="C743" s="5">
         <v>38032</v>
       </c>
       <c r="D743" s="4" t="s">
-        <v>14</v>
+        <v>1225</v>
       </c>
       <c r="E743" s="5">
         <v>20</v>
       </c>
       <c r="F743" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G743" s="5" t="s">
-        <v>189</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B744" s="4" t="s">
-        <v>1305</v>
+        <v>1301</v>
       </c>
       <c r="C744" s="5">
         <v>38032</v>
       </c>
       <c r="D744" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E744" s="5">
         <v>40</v>
       </c>
       <c r="F744" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G744" s="5" t="s">
-        <v>189</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B745" s="4" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C745" s="5">
         <v>38032</v>
       </c>
       <c r="D745" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E745" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F745" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G745" s="5" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B746" s="4" t="s">
         <v>1306</v>
       </c>
       <c r="C746" s="5">
-        <v>38023</v>
+        <v>38032</v>
       </c>
       <c r="D746" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E746" s="5">
         <v>40</v>
       </c>
       <c r="F746" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G746" s="5" t="s">
-        <v>624</v>
+        <v>189</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B747" s="4" t="s">
         <v>1306</v>
       </c>
       <c r="C747" s="5">
-        <v>38023</v>
+        <v>38032</v>
       </c>
       <c r="D747" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E747" s="5">
         <v>2</v>
       </c>
       <c r="F747" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G747" s="5" t="s">
-        <v>624</v>
+        <v>189</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B748" s="4" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C748" s="5">
         <v>38023</v>
       </c>
       <c r="D748" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E748" s="5">
         <v>40</v>
       </c>
       <c r="F748" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G748" s="5" t="s">
-        <v>76</v>
+        <v>624</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B749" s="4" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C749" s="5">
         <v>38023</v>
       </c>
       <c r="D749" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E749" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F749" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G749" s="5" t="s">
-        <v>76</v>
+        <v>624</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B750" s="4" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C750" s="5">
         <v>38023</v>
       </c>
       <c r="D750" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E750" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F750" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G750" s="5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B751" s="4" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C751" s="5">
         <v>38023</v>
       </c>
       <c r="D751" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E751" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F751" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G751" s="5" t="s">
-        <v>1307</v>
+        <v>76</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B752" s="4" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C752" s="5">
         <v>38023</v>
       </c>
       <c r="D752" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E752" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F752" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G752" s="5" t="s">
-        <v>1307</v>
+        <v>76</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B753" s="4" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="C753" s="5">
         <v>38023</v>
       </c>
       <c r="D753" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E753" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F753" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G753" s="5" t="s">
-        <v>1309</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B754" s="4" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="C754" s="5">
         <v>38023</v>
       </c>
       <c r="D754" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E754" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F754" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G754" s="5" t="s">
-        <v>1309</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B755" s="4" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C755" s="5">
         <v>38023</v>
       </c>
       <c r="D755" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E755" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F755" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G755" s="5" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B756" s="4" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C756" s="5">
         <v>38023</v>
       </c>
       <c r="D756" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E756" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F756" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G756" s="5" t="s">
         <v>1310</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B757" s="4" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C757" s="5">
         <v>38023</v>
       </c>
       <c r="D757" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E757" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F757" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G757" s="5" t="s">
         <v>1310</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B758" s="4" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="C758" s="5">
         <v>38023</v>
       </c>
       <c r="D758" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E758" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F758" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G758" s="5" t="s">
-        <v>320</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B759" s="4" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="C759" s="5">
         <v>38023</v>
       </c>
       <c r="D759" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E759" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F759" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G759" s="5" t="s">
-        <v>320</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B760" s="4" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C760" s="5">
         <v>38023</v>
       </c>
       <c r="D760" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E760" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F760" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G760" s="5" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B761" s="4" t="s">
         <v>1312</v>
       </c>
       <c r="C761" s="5">
         <v>38023</v>
       </c>
       <c r="D761" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E761" s="5">
         <v>20</v>
       </c>
       <c r="F761" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G761" s="5" t="s">
-        <v>1313</v>
+        <v>320</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B762" s="4" t="s">
         <v>1312</v>
       </c>
       <c r="C762" s="5">
         <v>38023</v>
       </c>
       <c r="D762" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E762" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F762" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G762" s="5" t="s">
-        <v>1313</v>
+        <v>320</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B763" s="4" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="C763" s="5">
         <v>38023</v>
       </c>
       <c r="D763" s="4" t="s">
-        <v>1225</v>
+        <v>14</v>
       </c>
       <c r="E763" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F763" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G763" s="5" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B764" s="4" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="C764" s="5">
         <v>38023</v>
       </c>
       <c r="D764" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E764" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F764" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G764" s="5" t="s">
-        <v>1053</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B765" s="4" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="C765" s="5">
         <v>38023</v>
       </c>
       <c r="D765" s="4" t="s">
-        <v>14</v>
+        <v>1225</v>
       </c>
       <c r="E765" s="5">
         <v>40</v>
       </c>
       <c r="F765" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G765" s="5" t="s">
-        <v>1053</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B766" s="4" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C766" s="5">
         <v>38023</v>
       </c>
       <c r="D766" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E766" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F766" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G766" s="5" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="B767" s="4" t="s">
         <v>1315</v>
-      </c>
-[...1 lines deleted...]
-        <v>1314</v>
       </c>
       <c r="C767" s="5">
         <v>38023</v>
       </c>
       <c r="D767" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E767" s="5">
         <v>40</v>
       </c>
       <c r="F767" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G767" s="5" t="s">
-        <v>365</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B768" s="4" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C768" s="5">
         <v>38023</v>
       </c>
       <c r="D768" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E768" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F768" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G768" s="5" t="s">
-        <v>1316</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" s="3" t="s">
-        <v>664</v>
+        <v>1316</v>
       </c>
       <c r="B769" s="4" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C769" s="5">
         <v>38023</v>
       </c>
       <c r="D769" s="4" t="s">
-        <v>1225</v>
+        <v>14</v>
       </c>
       <c r="E769" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F769" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G769" s="5" t="s">
-        <v>1316</v>
+        <v>365</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B770" s="4" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C770" s="5">
         <v>38023</v>
       </c>
       <c r="D770" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E770" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F770" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G770" s="5" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B771" s="4" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C771" s="5">
         <v>38023</v>
       </c>
       <c r="D771" s="4" t="s">
         <v>1225</v>
       </c>
       <c r="E771" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F771" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G771" s="5" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B772" s="4" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="C772" s="5">
         <v>38023</v>
       </c>
       <c r="D772" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E772" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F772" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G772" s="5" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B773" s="4" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="C773" s="5">
         <v>38023</v>
       </c>
       <c r="D773" s="4" t="s">
-        <v>14</v>
+        <v>1225</v>
       </c>
       <c r="E773" s="5">
         <v>40</v>
       </c>
       <c r="F773" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G773" s="5" t="s">
-        <v>1318</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B774" s="4" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C774" s="5">
         <v>38023</v>
       </c>
       <c r="D774" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E774" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F774" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G774" s="5" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B775" s="4" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C775" s="5">
         <v>38023</v>
       </c>
       <c r="D775" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E775" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F775" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G775" s="5" t="s">
         <v>1319</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B776" s="4" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C776" s="5">
         <v>38023</v>
       </c>
       <c r="D776" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E776" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F776" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G776" s="5" t="s">
         <v>1319</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B777" s="4" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="C777" s="5">
         <v>38023</v>
       </c>
       <c r="D777" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E777" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F777" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G777" s="5" t="s">
-        <v>559</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B778" s="4" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="C778" s="5">
         <v>38023</v>
       </c>
       <c r="D778" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E778" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F778" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G778" s="5" t="s">
-        <v>559</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B779" s="4" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C779" s="5">
         <v>38023</v>
       </c>
       <c r="D779" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E779" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F779" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G779" s="5" t="s">
-        <v>829</v>
+        <v>559</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B780" s="4" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C780" s="5">
         <v>38023</v>
       </c>
       <c r="D780" s="4" t="s">
-        <v>1225</v>
+        <v>14</v>
       </c>
       <c r="E780" s="5">
         <v>20</v>
       </c>
       <c r="F780" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G780" s="5" t="s">
-        <v>829</v>
+        <v>559</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B781" s="4" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C781" s="5">
         <v>38023</v>
       </c>
       <c r="D781" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E781" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F781" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G781" s="5" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B782" s="4" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C782" s="5">
         <v>38023</v>
       </c>
       <c r="D782" s="4" t="s">
         <v>1225</v>
       </c>
       <c r="E782" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F782" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G782" s="5" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B783" s="4" t="s">
         <v>1321</v>
       </c>
       <c r="C783" s="5">
-        <v>38035</v>
+        <v>38023</v>
       </c>
       <c r="D783" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E783" s="5">
         <v>40</v>
       </c>
       <c r="F783" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G783" s="5" t="s">
-        <v>503</v>
+        <v>829</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B784" s="4" t="s">
         <v>1321</v>
       </c>
       <c r="C784" s="5">
-        <v>38035</v>
+        <v>38023</v>
       </c>
       <c r="D784" s="4" t="s">
-        <v>14</v>
+        <v>1225</v>
       </c>
       <c r="E784" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F784" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G784" s="5" t="s">
-        <v>503</v>
+        <v>829</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B785" s="4" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C785" s="5">
         <v>38035</v>
       </c>
       <c r="D785" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E785" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F785" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G785" s="5" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B786" s="4" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C786" s="5">
         <v>38035</v>
       </c>
       <c r="D786" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E786" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F786" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G786" s="5" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B787" s="4" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C787" s="5">
         <v>38035</v>
       </c>
       <c r="D787" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E787" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F787" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G787" s="5" t="s">
-        <v>1322</v>
+        <v>503</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" s="3" t="s">
-        <v>1207</v>
+        <v>655</v>
       </c>
       <c r="B788" s="4" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="C788" s="5">
-        <v>38036</v>
+        <v>38035</v>
       </c>
       <c r="D788" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E788" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F788" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G788" s="5" t="s">
-        <v>1324</v>
+        <v>503</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" s="3" t="s">
-        <v>1207</v>
+        <v>664</v>
       </c>
       <c r="B789" s="4" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C789" s="5">
+        <v>38035</v>
+      </c>
+      <c r="D789" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E789" s="5">
+        <v>40</v>
+      </c>
+      <c r="F789" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G789" s="5" t="s">
         <v>1323</v>
-      </c>
-[...13 lines deleted...]
-        <v>1324</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" s="3" t="s">
         <v>1207</v>
       </c>
       <c r="B790" s="4" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="C790" s="5">
         <v>38036</v>
       </c>
       <c r="D790" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E790" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F790" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G790" s="5" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" s="3" t="s">
         <v>1207</v>
       </c>
       <c r="B791" s="4" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="C791" s="5">
         <v>38036</v>
       </c>
       <c r="D791" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E791" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F791" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G791" s="5" t="s">
-        <v>651</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" s="3" t="s">
         <v>1207</v>
       </c>
       <c r="B792" s="4" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="C792" s="5">
         <v>38036</v>
       </c>
       <c r="D792" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E792" s="5">
         <v>20</v>
       </c>
       <c r="F792" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G792" s="5" t="s">
-        <v>651</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" s="3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B793" s="4" t="s">
         <v>1326</v>
-      </c>
-[...1 lines deleted...]
-        <v>1325</v>
       </c>
       <c r="C793" s="5">
         <v>38036</v>
       </c>
       <c r="D793" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E793" s="5">
         <v>40</v>
       </c>
       <c r="F793" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G793" s="5" t="s">
-        <v>1327</v>
+        <v>651</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" s="3" t="s">
         <v>1207</v>
       </c>
       <c r="B794" s="4" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
       <c r="C794" s="5">
-        <v>38037</v>
+        <v>38036</v>
       </c>
       <c r="D794" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E794" s="5">
         <v>20</v>
       </c>
       <c r="F794" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G794" s="5" t="s">
-        <v>1010</v>
+        <v>651</v>
       </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" s="3" t="s">
-        <v>664</v>
+        <v>1327</v>
       </c>
       <c r="B795" s="4" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C795" s="5">
+        <v>38036</v>
+      </c>
+      <c r="D795" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E795" s="5">
+        <v>40</v>
+      </c>
+      <c r="F795" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G795" s="5" t="s">
         <v>1328</v>
-      </c>
-[...13 lines deleted...]
-        <v>1329</v>
       </c>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" s="3" t="s">
-        <v>664</v>
+        <v>1207</v>
       </c>
       <c r="B796" s="4" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="C796" s="5">
         <v>38037</v>
       </c>
       <c r="D796" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E796" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F796" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G796" s="5" t="s">
-        <v>1329</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B797" s="4" t="s">
-        <v>1330</v>
+        <v>1329</v>
       </c>
       <c r="C797" s="5">
-        <v>38038</v>
+        <v>38037</v>
       </c>
       <c r="D797" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E797" s="5">
         <v>20</v>
       </c>
       <c r="F797" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G797" s="5" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" s="3" t="s">
-        <v>1214</v>
+        <v>664</v>
       </c>
       <c r="B798" s="4" t="s">
-        <v>1332</v>
+        <v>1329</v>
       </c>
       <c r="C798" s="5">
-        <v>38038</v>
+        <v>38037</v>
       </c>
       <c r="D798" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E798" s="5">
         <v>40</v>
       </c>
       <c r="F798" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G798" s="5" t="s">
-        <v>81</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" s="3" t="s">
-        <v>1214</v>
+        <v>664</v>
       </c>
       <c r="B799" s="4" t="s">
-        <v>1332</v>
+        <v>1331</v>
       </c>
       <c r="C799" s="5">
         <v>38038</v>
       </c>
       <c r="D799" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E799" s="5">
         <v>20</v>
       </c>
       <c r="F799" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G799" s="5" t="s">
-        <v>81</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="B800" s="4" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C800" s="5">
         <v>38038</v>
       </c>
       <c r="D800" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E800" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F800" s="5" t="s">
-        <v>1239</v>
+        <v>15</v>
       </c>
       <c r="G800" s="5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" s="3" t="s">
-        <v>664</v>
+        <v>1214</v>
       </c>
       <c r="B801" s="4" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C801" s="5">
         <v>38038</v>
       </c>
       <c r="D801" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E801" s="5">
         <v>20</v>
       </c>
       <c r="F801" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G801" s="5" t="s">
-        <v>1333</v>
+        <v>81</v>
       </c>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" s="3" t="s">
-        <v>664</v>
+        <v>1214</v>
       </c>
       <c r="B802" s="4" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C802" s="5">
         <v>38038</v>
       </c>
       <c r="D802" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E802" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F802" s="5" t="s">
-        <v>15</v>
+        <v>1240</v>
       </c>
       <c r="G802" s="5" t="s">
-        <v>1333</v>
+        <v>81</v>
       </c>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B803" s="4" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C803" s="5">
         <v>38038</v>
       </c>
       <c r="D803" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E803" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F803" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G803" s="5" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B804" s="4" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C804" s="5">
         <v>38038</v>
       </c>
       <c r="D804" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E804" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F804" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G804" s="5" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B805" s="4" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C805" s="5">
         <v>38038</v>
       </c>
       <c r="D805" s="4" t="s">
-        <v>1225</v>
+        <v>14</v>
       </c>
       <c r="E805" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F805" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G805" s="5" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B806" s="4" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C806" s="5">
         <v>38038</v>
       </c>
       <c r="D806" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E806" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F806" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G806" s="5" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B807" s="4" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C807" s="5">
         <v>38038</v>
       </c>
       <c r="D807" s="4" t="s">
         <v>1225</v>
       </c>
       <c r="E807" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F807" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G807" s="5" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B808" s="4" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="C808" s="5">
         <v>38038</v>
       </c>
       <c r="D808" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E808" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F808" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G808" s="5" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B809" s="4" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="C809" s="5">
         <v>38038</v>
       </c>
       <c r="D809" s="4" t="s">
-        <v>14</v>
+        <v>1225</v>
       </c>
       <c r="E809" s="5">
         <v>40</v>
       </c>
       <c r="F809" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G809" s="5" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B810" s="4" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C810" s="5">
         <v>38038</v>
       </c>
       <c r="D810" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E810" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F810" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G810" s="5" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" s="3" t="s">
-        <v>1337</v>
+        <v>655</v>
       </c>
       <c r="B811" s="4" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="C811" s="5">
         <v>38038</v>
       </c>
       <c r="D811" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E811" s="5">
         <v>40</v>
       </c>
       <c r="F811" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G811" s="5" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" s="3" t="s">
-        <v>1337</v>
+        <v>655</v>
       </c>
       <c r="B812" s="4" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="C812" s="5">
         <v>38038</v>
       </c>
       <c r="D812" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E812" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F812" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G812" s="5" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" s="3" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B813" s="4" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C813" s="5">
         <v>38038</v>
       </c>
       <c r="D813" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E813" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F813" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G813" s="5" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" s="3" t="s">
-        <v>655</v>
+        <v>1338</v>
       </c>
       <c r="B814" s="4" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C814" s="5">
         <v>38038</v>
       </c>
       <c r="D814" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E814" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F814" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G814" s="5" t="s">
-        <v>580</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" s="3" t="s">
-        <v>655</v>
+        <v>1338</v>
       </c>
       <c r="B815" s="4" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C815" s="5">
         <v>38038</v>
       </c>
       <c r="D815" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E815" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F815" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G815" s="5" t="s">
-        <v>580</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B816" s="4" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C816" s="5">
         <v>38038</v>
       </c>
       <c r="D816" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E816" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F816" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G816" s="5" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B817" s="4" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C817" s="5">
         <v>38038</v>
       </c>
       <c r="D817" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E817" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F817" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G817" s="5" t="s">
-        <v>1340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B818" s="4" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C818" s="5">
         <v>38038</v>
       </c>
       <c r="D818" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E818" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F818" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G818" s="5" t="s">
-        <v>1340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" s="3" t="s">
-        <v>1337</v>
+        <v>655</v>
       </c>
       <c r="B819" s="4" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="C819" s="5">
         <v>38038</v>
       </c>
       <c r="D819" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E819" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F819" s="5" t="s">
-        <v>1239</v>
+        <v>15</v>
       </c>
       <c r="G819" s="5" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" s="3" t="s">
-        <v>1337</v>
+        <v>655</v>
       </c>
       <c r="B820" s="4" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="C820" s="5">
         <v>38038</v>
       </c>
       <c r="D820" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E820" s="5">
         <v>20</v>
       </c>
       <c r="F820" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G820" s="5" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" s="3" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B821" s="4" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C821" s="5">
         <v>38038</v>
       </c>
       <c r="D821" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E821" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F821" s="5" t="s">
-        <v>15</v>
+        <v>1240</v>
       </c>
       <c r="G821" s="5" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" s="3" t="s">
-        <v>664</v>
+        <v>1338</v>
       </c>
       <c r="B822" s="4" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C822" s="5">
         <v>38038</v>
       </c>
       <c r="D822" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E822" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F822" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G822" s="5" t="s">
-        <v>831</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" s="3" t="s">
-        <v>664</v>
+        <v>1338</v>
       </c>
       <c r="B823" s="4" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C823" s="5">
         <v>38038</v>
       </c>
       <c r="D823" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E823" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F823" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G823" s="5" t="s">
-        <v>831</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B824" s="4" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C824" s="5">
         <v>38038</v>
       </c>
       <c r="D824" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E824" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F824" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G824" s="5" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B825" s="4" t="s">
-        <v>1343</v>
+        <v>1342</v>
       </c>
       <c r="C825" s="5">
-        <v>38039</v>
+        <v>38038</v>
       </c>
       <c r="D825" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E825" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F825" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G825" s="5" t="s">
-        <v>1344</v>
+        <v>831</v>
       </c>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B826" s="4" t="s">
-        <v>1343</v>
+        <v>1342</v>
       </c>
       <c r="C826" s="5">
-        <v>38039</v>
+        <v>38038</v>
       </c>
       <c r="D826" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E826" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F826" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G826" s="5" t="s">
-        <v>1344</v>
+        <v>831</v>
       </c>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" s="3" t="s">
-        <v>1207</v>
+        <v>664</v>
       </c>
       <c r="B827" s="4" t="s">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="C827" s="5">
         <v>38039</v>
       </c>
       <c r="D827" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E827" s="5">
         <v>40</v>
       </c>
       <c r="F827" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G827" s="5" t="s">
-        <v>536</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B828" s="4" t="s">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="C828" s="5">
         <v>38039</v>
       </c>
       <c r="D828" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E828" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F828" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G828" s="5" t="s">
-        <v>675</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" s="3" t="s">
-        <v>655</v>
+        <v>1207</v>
       </c>
       <c r="B829" s="4" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C829" s="5">
         <v>38039</v>
       </c>
       <c r="D829" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E829" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F829" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G829" s="5" t="s">
-        <v>675</v>
+        <v>536</v>
       </c>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B830" s="4" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C830" s="5">
         <v>38039</v>
       </c>
       <c r="D830" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E830" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F830" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G830" s="5" t="s">
-        <v>1346</v>
+        <v>675</v>
       </c>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B831" s="4" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C831" s="5">
         <v>38039</v>
       </c>
       <c r="D831" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E831" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F831" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G831" s="5" t="s">
-        <v>1346</v>
+        <v>675</v>
       </c>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B832" s="4" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C832" s="5">
+        <v>38039</v>
+      </c>
+      <c r="D832" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E832" s="5">
+        <v>20</v>
+      </c>
+      <c r="F832" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G832" s="5" t="s">
         <v>1347</v>
-      </c>
-[...13 lines deleted...]
-        <v>1348</v>
       </c>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B833" s="4" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C833" s="5">
+        <v>38039</v>
+      </c>
+      <c r="D833" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E833" s="5">
+        <v>40</v>
+      </c>
+      <c r="F833" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G833" s="5" t="s">
         <v>1347</v>
-      </c>
-[...13 lines deleted...]
-        <v>1348</v>
       </c>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B834" s="4" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C834" s="5">
         <v>38042</v>
       </c>
       <c r="D834" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E834" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F834" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G834" s="5" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B835" s="4" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C835" s="5">
         <v>38042</v>
       </c>
       <c r="D835" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E835" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F835" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G835" s="5" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B836" s="4" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C836" s="5">
         <v>38042</v>
       </c>
       <c r="D836" s="4" t="s">
-        <v>1225</v>
+        <v>14</v>
       </c>
       <c r="E836" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F836" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G836" s="5" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B837" s="4" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C837" s="5">
         <v>38042</v>
       </c>
       <c r="D837" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E837" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F837" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G837" s="5" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B838" s="4" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C838" s="5">
         <v>38042</v>
       </c>
       <c r="D838" s="4" t="s">
         <v>1225</v>
       </c>
       <c r="E838" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F838" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G838" s="5" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B839" s="4" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="C839" s="5">
-        <v>38043</v>
+        <v>38042</v>
       </c>
       <c r="D839" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E839" s="5">
         <v>20</v>
       </c>
       <c r="F839" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G839" s="5" t="s">
-        <v>1173</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B840" s="4" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C840" s="5">
+        <v>38042</v>
+      </c>
+      <c r="D840" s="4" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E840" s="5">
+        <v>20</v>
+      </c>
+      <c r="F840" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G840" s="5" t="s">
         <v>1350</v>
-      </c>
-[...13 lines deleted...]
-        <v>1173</v>
       </c>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B841" s="4" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C841" s="5">
         <v>38043</v>
       </c>
       <c r="D841" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E841" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F841" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G841" s="5" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B842" s="4" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C842" s="5">
         <v>38043</v>
       </c>
       <c r="D842" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E842" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F842" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G842" s="5" t="s">
-        <v>1351</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" s="3" t="s">
-        <v>664</v>
+        <v>655</v>
       </c>
       <c r="B843" s="4" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C843" s="5">
         <v>38043</v>
       </c>
       <c r="D843" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E843" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F843" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G843" s="5" t="s">
-        <v>1351</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B844" s="4" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C844" s="5">
+        <v>38043</v>
+      </c>
+      <c r="D844" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E844" s="5">
+        <v>20</v>
+      </c>
+      <c r="F844" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G844" s="5" t="s">
         <v>1352</v>
-      </c>
-[...13 lines deleted...]
-        <v>1353</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B845" s="4" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C845" s="5">
+        <v>38043</v>
+      </c>
+      <c r="D845" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E845" s="5">
+        <v>40</v>
+      </c>
+      <c r="F845" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G845" s="5" t="s">
         <v>1352</v>
-      </c>
-[...13 lines deleted...]
-        <v>1353</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B846" s="4" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="C846" s="5">
         <v>38044</v>
       </c>
       <c r="D846" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E846" s="5">
         <v>40</v>
       </c>
       <c r="F846" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G846" s="5" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B847" s="4" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="C847" s="5">
         <v>38044</v>
       </c>
       <c r="D847" s="4" t="s">
-        <v>1225</v>
+        <v>14</v>
       </c>
       <c r="E847" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F847" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G847" s="5" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" s="3" t="s">
-        <v>1231</v>
+        <v>664</v>
       </c>
       <c r="B848" s="4" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C848" s="5">
+        <v>38044</v>
+      </c>
+      <c r="D848" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E848" s="5">
+        <v>40</v>
+      </c>
+      <c r="F848" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G848" s="5" t="s">
         <v>1355</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" s="3" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B849" s="4" t="s">
-        <v>1356</v>
+        <v>1353</v>
       </c>
       <c r="C849" s="5">
-        <v>38046</v>
+        <v>38044</v>
       </c>
       <c r="D849" s="4" t="s">
-        <v>14</v>
+        <v>1225</v>
       </c>
       <c r="E849" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F849" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G849" s="5" t="s">
-        <v>1058</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" s="3" t="s">
-        <v>655</v>
+        <v>1233</v>
       </c>
       <c r="B850" s="4" t="s">
         <v>1356</v>
       </c>
       <c r="C850" s="5">
-        <v>38046</v>
+        <v>38045</v>
       </c>
       <c r="D850" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E850" s="5">
         <v>40</v>
       </c>
       <c r="F850" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G850" s="5" t="s">
-        <v>1058</v>
+        <v>97</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B851" s="4" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C851" s="5">
         <v>38046</v>
       </c>
       <c r="D851" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E851" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F851" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G851" s="5" t="s">
         <v>1058</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" s="3" t="s">
-        <v>1244</v>
+        <v>655</v>
       </c>
       <c r="B852" s="4" t="s">
         <v>1357</v>
       </c>
       <c r="C852" s="5">
         <v>38046</v>
       </c>
       <c r="D852" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E852" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F852" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G852" s="5" t="s">
-        <v>88</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" s="3" t="s">
         <v>655</v>
       </c>
       <c r="B853" s="4" t="s">
         <v>1357</v>
       </c>
       <c r="C853" s="5">
         <v>38046</v>
       </c>
       <c r="D853" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E853" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F853" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G853" s="5" t="s">
-        <v>1358</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" s="3" t="s">
-        <v>655</v>
+        <v>1245</v>
       </c>
       <c r="B854" s="4" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="C854" s="5">
         <v>38046</v>
       </c>
       <c r="D854" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E854" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F854" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G854" s="5" t="s">
-        <v>1358</v>
+        <v>88</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" s="3" t="s">
-        <v>1231</v>
+        <v>655</v>
       </c>
       <c r="B855" s="4" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C855" s="5">
+        <v>38046</v>
+      </c>
+      <c r="D855" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E855" s="5">
+        <v>20</v>
+      </c>
+      <c r="F855" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G855" s="5" t="s">
         <v>1359</v>
-      </c>
-[...13 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" s="3" t="s">
-        <v>1214</v>
+        <v>655</v>
       </c>
       <c r="B856" s="4" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
       <c r="C856" s="5">
-        <v>38047</v>
+        <v>38046</v>
       </c>
       <c r="D856" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E856" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F856" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G856" s="5" t="s">
-        <v>1058</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" s="3" t="s">
-        <v>1207</v>
+        <v>1233</v>
       </c>
       <c r="B857" s="4" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
       <c r="C857" s="5">
-        <v>38050</v>
+        <v>38047</v>
       </c>
       <c r="D857" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E857" s="5">
         <v>40</v>
       </c>
       <c r="F857" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G857" s="5" t="s">
-        <v>1362</v>
+        <v>139</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" s="3" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="B858" s="4" t="s">
         <v>1361</v>
       </c>
       <c r="C858" s="5">
-        <v>38050</v>
+        <v>38047</v>
       </c>
       <c r="D858" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E858" s="5">
         <v>20</v>
       </c>
       <c r="F858" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G858" s="5" t="s">
-        <v>1362</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" s="3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B859" s="4" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C859" s="5">
+        <v>38050</v>
+      </c>
+      <c r="D859" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E859" s="5">
+        <v>40</v>
+      </c>
+      <c r="F859" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G859" s="5" t="s">
         <v>1363</v>
-      </c>
-[...16 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" s="3" t="s">
-        <v>1365</v>
+        <v>1207</v>
       </c>
       <c r="B860" s="4" t="s">
-        <v>1364</v>
+        <v>1362</v>
       </c>
       <c r="C860" s="5">
-        <v>45001</v>
+        <v>38050</v>
       </c>
       <c r="D860" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E860" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F860" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G860" s="5" t="s">
-        <v>566</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" s="3" t="s">
-        <v>628</v>
+        <v>1364</v>
       </c>
       <c r="B861" s="4" t="s">
-        <v>1366</v>
+        <v>1365</v>
       </c>
       <c r="C861" s="5">
-        <v>45002</v>
+        <v>45001</v>
       </c>
       <c r="D861" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E861" s="5">
         <v>40</v>
       </c>
       <c r="F861" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G861" s="5" t="s">
-        <v>1367</v>
+        <v>836</v>
       </c>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" s="3" t="s">
-        <v>628</v>
+        <v>1366</v>
       </c>
       <c r="B862" s="4" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="C862" s="5">
-        <v>45003</v>
+        <v>45001</v>
       </c>
       <c r="D862" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E862" s="5">
         <v>40</v>
       </c>
       <c r="F862" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G862" s="5" t="s">
-        <v>1007</v>
+        <v>566</v>
       </c>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" s="3" t="s">
-        <v>531</v>
+        <v>628</v>
       </c>
       <c r="B863" s="4" t="s">
-        <v>1369</v>
+        <v>1367</v>
       </c>
       <c r="C863" s="5">
-        <v>45007</v>
+        <v>45002</v>
       </c>
       <c r="D863" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E863" s="5">
         <v>40</v>
       </c>
       <c r="F863" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G863" s="5" t="s">
-        <v>698</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" s="3" t="s">
-        <v>1370</v>
+        <v>628</v>
       </c>
       <c r="B864" s="4" t="s">
-        <v>1371</v>
+        <v>1369</v>
       </c>
       <c r="C864" s="5">
-        <v>45016</v>
+        <v>45003</v>
       </c>
       <c r="D864" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E864" s="5">
         <v>40</v>
       </c>
       <c r="F864" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G864" s="5" t="s">
-        <v>704</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" s="3" t="s">
-        <v>628</v>
+        <v>531</v>
       </c>
       <c r="B865" s="4" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
       <c r="C865" s="5">
-        <v>45021</v>
+        <v>45007</v>
       </c>
       <c r="D865" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E865" s="5">
         <v>40</v>
       </c>
       <c r="F865" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G865" s="5" t="s">
-        <v>914</v>
+        <v>698</v>
       </c>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" s="3" t="s">
-        <v>628</v>
+        <v>1371</v>
       </c>
       <c r="B866" s="4" t="s">
-        <v>1373</v>
+        <v>1372</v>
       </c>
       <c r="C866" s="5">
-        <v>45027</v>
+        <v>45016</v>
       </c>
       <c r="D866" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E866" s="5">
         <v>40</v>
       </c>
       <c r="F866" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G866" s="5" t="s">
-        <v>1374</v>
+        <v>704</v>
       </c>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B867" s="4" t="s">
-        <v>1375</v>
+        <v>1373</v>
       </c>
       <c r="C867" s="5">
-        <v>45031</v>
+        <v>45021</v>
       </c>
       <c r="D867" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E867" s="5">
         <v>40</v>
       </c>
       <c r="F867" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G867" s="5" t="s">
-        <v>139</v>
+        <v>914</v>
       </c>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B868" s="4" t="s">
-        <v>1376</v>
+        <v>1374</v>
       </c>
       <c r="C868" s="5">
-        <v>45031</v>
+        <v>45027</v>
       </c>
       <c r="D868" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E868" s="5">
         <v>40</v>
       </c>
       <c r="F868" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G868" s="5" t="s">
-        <v>1377</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B869" s="4" t="s">
-        <v>1378</v>
+        <v>1376</v>
       </c>
       <c r="C869" s="5">
-        <v>45032</v>
+        <v>45031</v>
       </c>
       <c r="D869" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E869" s="5">
         <v>40</v>
       </c>
       <c r="F869" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G869" s="5" t="s">
-        <v>735</v>
+        <v>139</v>
       </c>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" s="3" t="s">
-        <v>1379</v>
+        <v>628</v>
       </c>
       <c r="B870" s="4" t="s">
-        <v>1380</v>
+        <v>1377</v>
       </c>
       <c r="C870" s="5">
-        <v>45035</v>
+        <v>45031</v>
       </c>
       <c r="D870" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E870" s="5">
         <v>40</v>
       </c>
       <c r="F870" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G870" s="5" t="s">
-        <v>1381</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B871" s="4" t="s">
-        <v>1382</v>
+        <v>1379</v>
       </c>
       <c r="C871" s="5">
-        <v>45036</v>
+        <v>45032</v>
       </c>
       <c r="D871" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E871" s="5">
         <v>40</v>
       </c>
       <c r="F871" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G871" s="5" t="s">
-        <v>1262</v>
+        <v>735</v>
       </c>
     </row>
     <row r="872" spans="1:7">
       <c r="A872" s="3" t="s">
-        <v>1383</v>
+        <v>1380</v>
       </c>
       <c r="B872" s="4" t="s">
-        <v>1384</v>
+        <v>1381</v>
       </c>
       <c r="C872" s="5">
-        <v>45037</v>
+        <v>45035</v>
       </c>
       <c r="D872" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E872" s="5">
         <v>40</v>
       </c>
       <c r="F872" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G872" s="5" t="s">
-        <v>1385</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B873" s="4" t="s">
-        <v>1386</v>
+        <v>1383</v>
       </c>
       <c r="C873" s="5">
-        <v>45037</v>
+        <v>45036</v>
       </c>
       <c r="D873" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E873" s="5">
         <v>40</v>
       </c>
       <c r="F873" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G873" s="5" t="s">
-        <v>1147</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" s="3" t="s">
-        <v>628</v>
+        <v>1384</v>
       </c>
       <c r="B874" s="4" t="s">
-        <v>1387</v>
+        <v>1385</v>
       </c>
       <c r="C874" s="5">
-        <v>45041</v>
+        <v>45037</v>
       </c>
       <c r="D874" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E874" s="5">
         <v>40</v>
       </c>
       <c r="F874" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G874" s="5" t="s">
-        <v>1388</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" s="3" t="s">
-        <v>866</v>
+        <v>628</v>
       </c>
       <c r="B875" s="4" t="s">
         <v>1387</v>
       </c>
       <c r="C875" s="5">
-        <v>45041</v>
+        <v>45037</v>
       </c>
       <c r="D875" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E875" s="5">
         <v>40</v>
       </c>
       <c r="F875" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G875" s="5" t="s">
-        <v>53</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B876" s="4" t="s">
-        <v>1389</v>
+        <v>1388</v>
       </c>
       <c r="C876" s="5">
         <v>45041</v>
       </c>
       <c r="D876" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E876" s="5">
         <v>40</v>
       </c>
       <c r="F876" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G876" s="5" t="s">
-        <v>787</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" s="3" t="s">
-        <v>628</v>
+        <v>866</v>
       </c>
       <c r="B877" s="4" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
       <c r="C877" s="5">
-        <v>45056</v>
+        <v>45041</v>
       </c>
       <c r="D877" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E877" s="5">
         <v>40</v>
       </c>
       <c r="F877" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G877" s="5" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" s="3" t="s">
-        <v>1365</v>
+        <v>628</v>
       </c>
       <c r="B878" s="4" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="C878" s="5">
-        <v>45053</v>
+        <v>45041</v>
       </c>
       <c r="D878" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E878" s="5">
         <v>40</v>
       </c>
       <c r="F878" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G878" s="5" t="s">
-        <v>684</v>
+        <v>787</v>
       </c>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B879" s="4" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="C879" s="5">
-        <v>45054</v>
+        <v>45056</v>
       </c>
       <c r="D879" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E879" s="5">
         <v>40</v>
       </c>
       <c r="F879" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G879" s="5" t="s">
-        <v>1393</v>
+        <v>88</v>
       </c>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" s="3" t="s">
-        <v>628</v>
+        <v>1366</v>
       </c>
       <c r="B880" s="4" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
       <c r="C880" s="5">
-        <v>45054</v>
+        <v>45053</v>
       </c>
       <c r="D880" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E880" s="5">
         <v>40</v>
       </c>
       <c r="F880" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G880" s="5" t="s">
-        <v>170</v>
+        <v>684</v>
       </c>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B881" s="4" t="s">
-        <v>1395</v>
+        <v>1393</v>
       </c>
       <c r="C881" s="5">
         <v>45054</v>
       </c>
       <c r="D881" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E881" s="5">
         <v>40</v>
       </c>
       <c r="F881" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G881" s="5" t="s">
-        <v>1126</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B882" s="4" t="s">
-        <v>1396</v>
+        <v>1395</v>
       </c>
       <c r="C882" s="5">
         <v>45054</v>
       </c>
       <c r="D882" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E882" s="5">
         <v>40</v>
       </c>
       <c r="F882" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G882" s="5" t="s">
-        <v>214</v>
+        <v>170</v>
       </c>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" s="3" t="s">
-        <v>1363</v>
+        <v>628</v>
       </c>
       <c r="B883" s="4" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="C883" s="5">
-        <v>45055</v>
+        <v>45054</v>
       </c>
       <c r="D883" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E883" s="5">
         <v>40</v>
       </c>
       <c r="F883" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G883" s="5" t="s">
-        <v>681</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B884" s="4" t="s">
-        <v>1398</v>
+        <v>1397</v>
       </c>
       <c r="C884" s="5">
-        <v>45059</v>
+        <v>45054</v>
       </c>
       <c r="D884" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E884" s="5">
         <v>40</v>
       </c>
       <c r="F884" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G884" s="5" t="s">
-        <v>256</v>
+        <v>214</v>
       </c>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" s="3" t="s">
-        <v>1399</v>
+        <v>1364</v>
       </c>
       <c r="B885" s="4" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="C885" s="5">
-        <v>45059</v>
+        <v>45055</v>
       </c>
       <c r="D885" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E885" s="5">
         <v>40</v>
       </c>
       <c r="F885" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G885" s="5" t="s">
-        <v>250</v>
+        <v>681</v>
       </c>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B886" s="4" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="C886" s="5">
-        <v>45062</v>
+        <v>45059</v>
       </c>
       <c r="D886" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E886" s="5">
         <v>40</v>
       </c>
       <c r="F886" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G886" s="5" t="s">
-        <v>1402</v>
+        <v>256</v>
       </c>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" s="3" t="s">
-        <v>628</v>
+        <v>1400</v>
       </c>
       <c r="B887" s="4" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="C887" s="5">
-        <v>45062</v>
+        <v>45059</v>
       </c>
       <c r="D887" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E887" s="5">
         <v>40</v>
       </c>
       <c r="F887" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G887" s="5" t="s">
-        <v>58</v>
+        <v>250</v>
       </c>
     </row>
     <row r="888" spans="1:7">
       <c r="A888" s="3" t="s">
-        <v>1404</v>
+        <v>628</v>
       </c>
       <c r="B888" s="4" t="s">
-        <v>1405</v>
+        <v>1402</v>
       </c>
       <c r="C888" s="5">
-        <v>45064</v>
+        <v>45062</v>
       </c>
       <c r="D888" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E888" s="5">
         <v>40</v>
       </c>
       <c r="F888" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G888" s="5" t="s">
-        <v>1406</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="889" spans="1:7">
       <c r="A889" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B889" s="4" t="s">
-        <v>1407</v>
+        <v>1404</v>
       </c>
       <c r="C889" s="5">
-        <v>45066</v>
+        <v>45062</v>
       </c>
       <c r="D889" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E889" s="5">
         <v>40</v>
       </c>
       <c r="F889" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G889" s="5" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="890" spans="1:7">
       <c r="A890" s="3" t="s">
-        <v>628</v>
+        <v>1405</v>
       </c>
       <c r="B890" s="4" t="s">
-        <v>1408</v>
+        <v>1406</v>
       </c>
       <c r="C890" s="5">
-        <v>45066</v>
+        <v>45064</v>
       </c>
       <c r="D890" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E890" s="5">
         <v>40</v>
       </c>
       <c r="F890" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G890" s="5" t="s">
-        <v>479</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B891" s="4" t="s">
-        <v>1409</v>
+        <v>1408</v>
       </c>
       <c r="C891" s="5">
         <v>45066</v>
       </c>
       <c r="D891" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E891" s="5">
         <v>40</v>
       </c>
       <c r="F891" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G891" s="5" t="s">
-        <v>357</v>
+        <v>24</v>
       </c>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" s="3" t="s">
-        <v>846</v>
+        <v>628</v>
       </c>
       <c r="B892" s="4" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
       <c r="C892" s="5">
-        <v>45071</v>
+        <v>45066</v>
       </c>
       <c r="D892" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E892" s="5">
         <v>40</v>
       </c>
       <c r="F892" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G892" s="5" t="s">
-        <v>498</v>
+        <v>479</v>
       </c>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" s="3" t="s">
-        <v>846</v>
+        <v>628</v>
       </c>
       <c r="B893" s="4" t="s">
         <v>1410</v>
       </c>
       <c r="C893" s="5">
-        <v>45071</v>
+        <v>45066</v>
       </c>
       <c r="D893" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E893" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F893" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G893" s="5" t="s">
-        <v>498</v>
+        <v>357</v>
       </c>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" s="3" t="s">
-        <v>628</v>
+        <v>846</v>
       </c>
       <c r="B894" s="4" t="s">
         <v>1411</v>
       </c>
       <c r="C894" s="5">
-        <v>45081</v>
+        <v>45071</v>
       </c>
       <c r="D894" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E894" s="5">
         <v>40</v>
       </c>
       <c r="F894" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G894" s="5" t="s">
-        <v>1412</v>
+        <v>498</v>
       </c>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" s="3" t="s">
-        <v>628</v>
+        <v>846</v>
       </c>
       <c r="B895" s="4" t="s">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="C895" s="5">
-        <v>45081</v>
+        <v>45071</v>
       </c>
       <c r="D895" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E895" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F895" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G895" s="5" t="s">
-        <v>410</v>
+        <v>498</v>
       </c>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" s="3" t="s">
-        <v>1414</v>
+        <v>628</v>
       </c>
       <c r="B896" s="4" t="s">
-        <v>1413</v>
+        <v>1412</v>
       </c>
       <c r="C896" s="5">
         <v>45081</v>
       </c>
       <c r="D896" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E896" s="5">
         <v>40</v>
       </c>
       <c r="F896" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G896" s="5" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" s="3" t="s">
-        <v>531</v>
+        <v>628</v>
       </c>
       <c r="B897" s="4" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
       <c r="C897" s="5">
-        <v>45082</v>
+        <v>45081</v>
       </c>
       <c r="D897" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E897" s="5">
         <v>40</v>
       </c>
       <c r="F897" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G897" s="5" t="s">
-        <v>463</v>
+        <v>410</v>
       </c>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" s="3" t="s">
-        <v>531</v>
+        <v>1415</v>
       </c>
       <c r="B898" s="4" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
       <c r="C898" s="5">
-        <v>45082</v>
+        <v>45081</v>
       </c>
       <c r="D898" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E898" s="5">
         <v>40</v>
       </c>
       <c r="F898" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G898" s="5" t="s">
-        <v>463</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="899" spans="1:7">
       <c r="A899" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="B899" s="4" t="s">
         <v>1416</v>
       </c>
-      <c r="B899" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C899" s="5">
-        <v>45084</v>
+        <v>45082</v>
       </c>
       <c r="D899" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E899" s="5">
         <v>40</v>
       </c>
       <c r="F899" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G899" s="5" t="s">
-        <v>425</v>
+        <v>463</v>
       </c>
     </row>
     <row r="900" spans="1:7">
       <c r="A900" s="3" t="s">
-        <v>628</v>
+        <v>531</v>
       </c>
       <c r="B900" s="4" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="C900" s="5">
-        <v>45085</v>
+        <v>45082</v>
       </c>
       <c r="D900" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E900" s="5">
         <v>40</v>
       </c>
       <c r="F900" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G900" s="5" t="s">
-        <v>1419</v>
+        <v>463</v>
       </c>
     </row>
     <row r="901" spans="1:7">
       <c r="A901" s="3" t="s">
-        <v>1420</v>
+        <v>1417</v>
       </c>
       <c r="B901" s="4" t="s">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="C901" s="5">
-        <v>45086</v>
+        <v>45084</v>
       </c>
       <c r="D901" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E901" s="5">
         <v>40</v>
       </c>
       <c r="F901" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G901" s="5" t="s">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="902" spans="1:7">
       <c r="A902" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B902" s="4" t="s">
-        <v>1422</v>
+        <v>1419</v>
       </c>
       <c r="C902" s="5">
-        <v>45088</v>
+        <v>45085</v>
       </c>
       <c r="D902" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E902" s="5">
         <v>40</v>
       </c>
       <c r="F902" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G902" s="5" t="s">
-        <v>1164</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="903" spans="1:7">
       <c r="A903" s="3" t="s">
-        <v>628</v>
+        <v>1421</v>
       </c>
       <c r="B903" s="4" t="s">
-        <v>1423</v>
+        <v>1422</v>
       </c>
       <c r="C903" s="5">
-        <v>45088</v>
+        <v>45086</v>
       </c>
       <c r="D903" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E903" s="5">
         <v>40</v>
       </c>
       <c r="F903" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G903" s="5" t="s">
-        <v>733</v>
+        <v>395</v>
       </c>
     </row>
     <row r="904" spans="1:7">
       <c r="A904" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B904" s="4" t="s">
-        <v>1424</v>
+        <v>1423</v>
       </c>
       <c r="C904" s="5">
-        <v>45091</v>
+        <v>45088</v>
       </c>
       <c r="D904" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E904" s="5">
         <v>40</v>
       </c>
       <c r="F904" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G904" s="5" t="s">
-        <v>1235</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="905" spans="1:7">
       <c r="A905" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B905" s="4" t="s">
-        <v>1425</v>
+        <v>1424</v>
       </c>
       <c r="C905" s="5">
-        <v>45099</v>
+        <v>45088</v>
       </c>
       <c r="D905" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E905" s="5">
         <v>40</v>
       </c>
       <c r="F905" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G905" s="5" t="s">
-        <v>518</v>
+        <v>733</v>
       </c>
     </row>
     <row r="906" spans="1:7">
       <c r="A906" s="3" t="s">
-        <v>1426</v>
+        <v>628</v>
       </c>
       <c r="B906" s="4" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="C906" s="5">
-        <v>45110</v>
+        <v>45091</v>
       </c>
       <c r="D906" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E906" s="5">
         <v>40</v>
       </c>
       <c r="F906" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G906" s="5" t="s">
-        <v>963</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="907" spans="1:7">
       <c r="A907" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B907" s="4" t="s">
-        <v>1428</v>
+        <v>1426</v>
       </c>
       <c r="C907" s="5">
-        <v>45115</v>
+        <v>45099</v>
       </c>
       <c r="D907" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E907" s="5">
         <v>40</v>
       </c>
       <c r="F907" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G907" s="5" t="s">
-        <v>574</v>
+        <v>518</v>
       </c>
     </row>
     <row r="908" spans="1:7">
       <c r="A908" s="3" t="s">
-        <v>305</v>
+        <v>1427</v>
       </c>
       <c r="B908" s="4" t="s">
-        <v>1429</v>
+        <v>1428</v>
       </c>
       <c r="C908" s="5">
-        <v>45115</v>
+        <v>45110</v>
       </c>
       <c r="D908" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E908" s="5">
         <v>40</v>
       </c>
       <c r="F908" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G908" s="5" t="s">
-        <v>450</v>
+        <v>963</v>
       </c>
     </row>
     <row r="909" spans="1:7">
       <c r="A909" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B909" s="4" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="C909" s="5">
-        <v>45118</v>
+        <v>45115</v>
       </c>
       <c r="D909" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E909" s="5">
         <v>40</v>
       </c>
       <c r="F909" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G909" s="5" t="s">
-        <v>1431</v>
+        <v>574</v>
       </c>
     </row>
     <row r="910" spans="1:7">
       <c r="A910" s="3" t="s">
-        <v>628</v>
+        <v>305</v>
       </c>
       <c r="B910" s="4" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="C910" s="5">
-        <v>45119</v>
+        <v>45115</v>
       </c>
       <c r="D910" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E910" s="5">
         <v>40</v>
       </c>
       <c r="F910" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G910" s="5" t="s">
-        <v>976</v>
+        <v>450</v>
       </c>
     </row>
     <row r="911" spans="1:7">
       <c r="A911" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B911" s="4" t="s">
-        <v>1433</v>
+        <v>1431</v>
       </c>
       <c r="C911" s="5">
-        <v>45123</v>
+        <v>45118</v>
       </c>
       <c r="D911" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E911" s="5">
         <v>40</v>
       </c>
       <c r="F911" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G911" s="5" t="s">
-        <v>154</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="912" spans="1:7">
       <c r="A912" s="3" t="s">
-        <v>531</v>
+        <v>628</v>
       </c>
       <c r="B912" s="4" t="s">
-        <v>1434</v>
+        <v>1433</v>
       </c>
       <c r="C912" s="5">
-        <v>45125</v>
+        <v>45119</v>
       </c>
       <c r="D912" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E912" s="5">
         <v>40</v>
       </c>
       <c r="F912" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G912" s="5" t="s">
-        <v>395</v>
+        <v>976</v>
       </c>
     </row>
     <row r="913" spans="1:7">
       <c r="A913" s="3" t="s">
-        <v>858</v>
+        <v>628</v>
       </c>
       <c r="B913" s="4" t="s">
-        <v>1435</v>
+        <v>1434</v>
       </c>
       <c r="C913" s="5">
-        <v>45127</v>
+        <v>45123</v>
       </c>
       <c r="D913" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E913" s="5">
         <v>40</v>
       </c>
       <c r="F913" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G913" s="5" t="s">
-        <v>1436</v>
+        <v>154</v>
       </c>
     </row>
     <row r="914" spans="1:7">
       <c r="A914" s="3" t="s">
-        <v>628</v>
+        <v>531</v>
       </c>
       <c r="B914" s="4" t="s">
-        <v>1437</v>
+        <v>1435</v>
       </c>
       <c r="C914" s="5">
-        <v>45134</v>
+        <v>45125</v>
       </c>
       <c r="D914" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E914" s="5">
         <v>40</v>
       </c>
       <c r="F914" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G914" s="5" t="s">
-        <v>1053</v>
+        <v>395</v>
       </c>
     </row>
     <row r="915" spans="1:7">
       <c r="A915" s="3" t="s">
-        <v>1438</v>
+        <v>858</v>
       </c>
       <c r="B915" s="4" t="s">
-        <v>1439</v>
+        <v>1436</v>
       </c>
       <c r="C915" s="5">
-        <v>45140</v>
+        <v>45127</v>
       </c>
       <c r="D915" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E915" s="5">
         <v>40</v>
       </c>
       <c r="F915" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G915" s="5" t="s">
-        <v>1440</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="916" spans="1:7">
       <c r="A916" s="3" t="s">
-        <v>1363</v>
+        <v>628</v>
       </c>
       <c r="B916" s="4" t="s">
-        <v>1441</v>
+        <v>1438</v>
       </c>
       <c r="C916" s="5">
-        <v>45140</v>
+        <v>45134</v>
       </c>
       <c r="D916" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E916" s="5">
         <v>40</v>
       </c>
       <c r="F916" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G916" s="5" t="s">
-        <v>733</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="917" spans="1:7">
       <c r="A917" s="3" t="s">
-        <v>628</v>
+        <v>1439</v>
       </c>
       <c r="B917" s="4" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="C917" s="5">
-        <v>45143</v>
+        <v>45140</v>
       </c>
       <c r="D917" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E917" s="5">
         <v>40</v>
       </c>
       <c r="F917" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G917" s="5" t="s">
-        <v>97</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="918" spans="1:7">
       <c r="A918" s="3" t="s">
-        <v>1438</v>
+        <v>1364</v>
       </c>
       <c r="B918" s="4" t="s">
-        <v>1443</v>
+        <v>1442</v>
       </c>
       <c r="C918" s="5">
-        <v>45145</v>
+        <v>45140</v>
       </c>
       <c r="D918" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E918" s="5">
         <v>40</v>
       </c>
       <c r="F918" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G918" s="5" t="s">
-        <v>1444</v>
+        <v>733</v>
       </c>
     </row>
     <row r="919" spans="1:7">
       <c r="A919" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B919" s="4" t="s">
-        <v>1445</v>
+        <v>1443</v>
       </c>
       <c r="C919" s="5">
-        <v>45149</v>
+        <v>45143</v>
       </c>
       <c r="D919" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E919" s="5">
         <v>40</v>
       </c>
       <c r="F919" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G919" s="5" t="s">
-        <v>1126</v>
+        <v>97</v>
       </c>
     </row>
     <row r="920" spans="1:7">
       <c r="A920" s="3" t="s">
-        <v>628</v>
+        <v>1439</v>
       </c>
       <c r="B920" s="4" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
       <c r="C920" s="5">
-        <v>45156</v>
+        <v>45145</v>
       </c>
       <c r="D920" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E920" s="5">
         <v>40</v>
       </c>
       <c r="F920" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G920" s="5" t="s">
-        <v>1173</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="921" spans="1:7">
       <c r="A921" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B921" s="4" t="s">
-        <v>1447</v>
+        <v>1446</v>
       </c>
       <c r="C921" s="5">
-        <v>45157</v>
+        <v>45149</v>
       </c>
       <c r="D921" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E921" s="5">
         <v>40</v>
       </c>
       <c r="F921" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G921" s="5" t="s">
-        <v>430</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="922" spans="1:7">
       <c r="A922" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B922" s="4" t="s">
-        <v>1448</v>
+        <v>1447</v>
       </c>
       <c r="C922" s="5">
-        <v>45157</v>
+        <v>45156</v>
       </c>
       <c r="D922" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E922" s="5">
         <v>40</v>
       </c>
       <c r="F922" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G922" s="5" t="s">
-        <v>395</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="923" spans="1:7">
       <c r="A923" s="3" t="s">
-        <v>1363</v>
+        <v>628</v>
       </c>
       <c r="B923" s="4" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="C923" s="5">
-        <v>45161</v>
+        <v>45157</v>
       </c>
       <c r="D923" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E923" s="5">
         <v>40</v>
       </c>
       <c r="F923" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G923" s="5" t="s">
-        <v>377</v>
+        <v>430</v>
       </c>
     </row>
     <row r="924" spans="1:7">
       <c r="A924" s="3" t="s">
-        <v>1363</v>
+        <v>628</v>
       </c>
       <c r="B924" s="4" t="s">
-        <v>1450</v>
+        <v>1449</v>
       </c>
       <c r="C924" s="5">
-        <v>45163</v>
+        <v>45157</v>
       </c>
       <c r="D924" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E924" s="5">
         <v>40</v>
       </c>
       <c r="F924" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G924" s="5" t="s">
-        <v>430</v>
+        <v>395</v>
       </c>
     </row>
     <row r="925" spans="1:7">
       <c r="A925" s="3" t="s">
-        <v>531</v>
+        <v>1364</v>
       </c>
       <c r="B925" s="4" t="s">
-        <v>1451</v>
+        <v>1450</v>
       </c>
       <c r="C925" s="5">
-        <v>45166</v>
+        <v>45161</v>
       </c>
       <c r="D925" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E925" s="5">
         <v>40</v>
       </c>
       <c r="F925" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G925" s="5" t="s">
-        <v>66</v>
+        <v>377</v>
       </c>
     </row>
     <row r="926" spans="1:7">
       <c r="A926" s="3" t="s">
-        <v>531</v>
+        <v>1364</v>
       </c>
       <c r="B926" s="4" t="s">
         <v>1451</v>
       </c>
       <c r="C926" s="5">
-        <v>45166</v>
+        <v>45163</v>
       </c>
       <c r="D926" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E926" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F926" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G926" s="5" t="s">
-        <v>66</v>
+        <v>430</v>
       </c>
     </row>
     <row r="927" spans="1:7">
       <c r="A927" s="3" t="s">
-        <v>628</v>
+        <v>531</v>
       </c>
       <c r="B927" s="4" t="s">
         <v>1452</v>
       </c>
       <c r="C927" s="5">
-        <v>45171</v>
+        <v>45166</v>
       </c>
       <c r="D927" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E927" s="5">
         <v>40</v>
       </c>
       <c r="F927" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G927" s="5" t="s">
-        <v>580</v>
+        <v>66</v>
       </c>
     </row>
     <row r="928" spans="1:7">
       <c r="A928" s="3" t="s">
-        <v>628</v>
+        <v>531</v>
       </c>
       <c r="B928" s="4" t="s">
-        <v>1453</v>
+        <v>1452</v>
       </c>
       <c r="C928" s="5">
-        <v>45171</v>
+        <v>45166</v>
       </c>
       <c r="D928" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E928" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F928" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G928" s="5" t="s">
-        <v>463</v>
+        <v>66</v>
       </c>
     </row>
     <row r="929" spans="1:7">
       <c r="A929" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B929" s="4" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="C929" s="5">
         <v>45171</v>
       </c>
       <c r="D929" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E929" s="5">
         <v>40</v>
       </c>
       <c r="F929" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G929" s="5" t="s">
-        <v>493</v>
+        <v>580</v>
       </c>
     </row>
     <row r="930" spans="1:7">
       <c r="A930" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B930" s="4" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="C930" s="5">
-        <v>45173</v>
+        <v>45171</v>
       </c>
       <c r="D930" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E930" s="5">
         <v>40</v>
       </c>
       <c r="F930" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G930" s="5" t="s">
-        <v>803</v>
+        <v>463</v>
       </c>
     </row>
     <row r="931" spans="1:7">
       <c r="A931" s="3" t="s">
-        <v>1365</v>
+        <v>628</v>
       </c>
       <c r="B931" s="4" t="s">
-        <v>1456</v>
+        <v>1455</v>
       </c>
       <c r="C931" s="5">
-        <v>45177</v>
+        <v>45171</v>
       </c>
       <c r="D931" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E931" s="5">
         <v>40</v>
       </c>
       <c r="F931" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G931" s="5" t="s">
-        <v>345</v>
+        <v>493</v>
       </c>
     </row>
     <row r="932" spans="1:7">
       <c r="A932" s="3" t="s">
-        <v>531</v>
+        <v>628</v>
       </c>
       <c r="B932" s="4" t="s">
-        <v>1457</v>
+        <v>1456</v>
       </c>
       <c r="C932" s="5">
-        <v>45182</v>
+        <v>45173</v>
       </c>
       <c r="D932" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E932" s="5">
         <v>40</v>
       </c>
       <c r="F932" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G932" s="5" t="s">
-        <v>1431</v>
+        <v>803</v>
       </c>
     </row>
     <row r="933" spans="1:7">
       <c r="A933" s="3" t="s">
-        <v>628</v>
+        <v>1366</v>
       </c>
       <c r="B933" s="4" t="s">
-        <v>1458</v>
+        <v>1457</v>
       </c>
       <c r="C933" s="5">
-        <v>45183</v>
+        <v>45177</v>
       </c>
       <c r="D933" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E933" s="5">
         <v>40</v>
       </c>
       <c r="F933" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G933" s="5" t="s">
-        <v>489</v>
+        <v>345</v>
       </c>
     </row>
     <row r="934" spans="1:7">
       <c r="A934" s="3" t="s">
         <v>531</v>
       </c>
       <c r="B934" s="4" t="s">
-        <v>1459</v>
+        <v>1458</v>
       </c>
       <c r="C934" s="5">
-        <v>45184</v>
+        <v>45182</v>
       </c>
       <c r="D934" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E934" s="5">
         <v>40</v>
       </c>
       <c r="F934" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G934" s="5" t="s">
-        <v>653</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="935" spans="1:7">
       <c r="A935" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B935" s="4" t="s">
-        <v>1460</v>
+        <v>1459</v>
       </c>
       <c r="C935" s="5">
-        <v>45189</v>
+        <v>45183</v>
       </c>
       <c r="D935" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E935" s="5">
         <v>40</v>
       </c>
       <c r="F935" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G935" s="5" t="s">
-        <v>1461</v>
+        <v>489</v>
       </c>
     </row>
     <row r="936" spans="1:7">
       <c r="A936" s="3" t="s">
-        <v>628</v>
+        <v>531</v>
       </c>
       <c r="B936" s="4" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
       <c r="C936" s="5">
-        <v>45189</v>
+        <v>45184</v>
       </c>
       <c r="D936" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E936" s="5">
         <v>40</v>
       </c>
       <c r="F936" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G936" s="5" t="s">
-        <v>295</v>
+        <v>653</v>
       </c>
     </row>
     <row r="937" spans="1:7">
       <c r="A937" s="3" t="s">
-        <v>1463</v>
+        <v>628</v>
       </c>
       <c r="B937" s="4" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="C937" s="5">
-        <v>45193</v>
+        <v>45189</v>
       </c>
       <c r="D937" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E937" s="5">
         <v>40</v>
       </c>
       <c r="F937" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G937" s="5" t="s">
-        <v>574</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="938" spans="1:7">
       <c r="A938" s="3" t="s">
         <v>628</v>
       </c>
       <c r="B938" s="4" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="C938" s="5">
-        <v>45196</v>
+        <v>45189</v>
       </c>
       <c r="D938" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E938" s="5">
         <v>40</v>
       </c>
       <c r="F938" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G938" s="5" t="s">
-        <v>1466</v>
+        <v>295</v>
       </c>
     </row>
     <row r="939" spans="1:7">
       <c r="A939" s="3" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="B939" s="4" t="s">
-        <v>1468</v>
+        <v>1465</v>
       </c>
       <c r="C939" s="5">
-        <v>45196</v>
+        <v>45193</v>
       </c>
       <c r="D939" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E939" s="5">
         <v>40</v>
       </c>
       <c r="F939" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G939" s="5" t="s">
-        <v>267</v>
+        <v>574</v>
       </c>
     </row>
     <row r="940" spans="1:7">
       <c r="A940" s="3" t="s">
-        <v>305</v>
+        <v>628</v>
       </c>
       <c r="B940" s="4" t="s">
-        <v>1469</v>
+        <v>1466</v>
       </c>
       <c r="C940" s="5">
-        <v>45198</v>
+        <v>45196</v>
       </c>
       <c r="D940" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E940" s="5">
         <v>40</v>
       </c>
       <c r="F940" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G940" s="5" t="s">
-        <v>976</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="941" spans="1:7">
       <c r="A941" s="3" t="s">
-        <v>846</v>
+        <v>1468</v>
       </c>
       <c r="B941" s="4" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="C941" s="5">
-        <v>45202</v>
+        <v>45196</v>
       </c>
       <c r="D941" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E941" s="5">
         <v>40</v>
       </c>
       <c r="F941" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G941" s="5" t="s">
-        <v>324</v>
+        <v>267</v>
       </c>
     </row>
     <row r="942" spans="1:7">
       <c r="A942" s="3" t="s">
-        <v>1471</v>
+        <v>305</v>
       </c>
       <c r="B942" s="4" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
       <c r="C942" s="5">
-        <v>45202</v>
+        <v>45198</v>
       </c>
       <c r="D942" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E942" s="5">
         <v>40</v>
       </c>
       <c r="F942" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G942" s="5" t="s">
-        <v>855</v>
+        <v>976</v>
       </c>
     </row>
     <row r="943" spans="1:7">
       <c r="A943" s="3" t="s">
-        <v>628</v>
+        <v>846</v>
       </c>
       <c r="B943" s="4" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="C943" s="5">
-        <v>45203</v>
+        <v>45202</v>
       </c>
       <c r="D943" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E943" s="5">
         <v>40</v>
       </c>
       <c r="F943" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G943" s="5" t="s">
-        <v>193</v>
+        <v>324</v>
       </c>
     </row>
     <row r="944" spans="1:7">
       <c r="A944" s="3" t="s">
-        <v>29</v>
+        <v>1472</v>
       </c>
       <c r="B944" s="4" t="s">
-        <v>1474</v>
+        <v>1473</v>
       </c>
       <c r="C944" s="5">
-        <v>46011</v>
+        <v>45202</v>
       </c>
       <c r="D944" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E944" s="5">
         <v>40</v>
       </c>
       <c r="F944" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G944" s="5" t="s">
-        <v>66</v>
+        <v>855</v>
       </c>
     </row>
     <row r="945" spans="1:7">
       <c r="A945" s="3" t="s">
-        <v>17</v>
+        <v>628</v>
       </c>
       <c r="B945" s="4" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
       <c r="C945" s="5">
-        <v>46017</v>
+        <v>45203</v>
       </c>
       <c r="D945" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E945" s="5">
         <v>40</v>
       </c>
       <c r="F945" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G945" s="5" t="s">
-        <v>651</v>
+        <v>193</v>
       </c>
     </row>
     <row r="946" spans="1:7">
       <c r="A946" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B946" s="4" t="s">
-        <v>1476</v>
+        <v>1475</v>
       </c>
       <c r="C946" s="5">
-        <v>46019</v>
+        <v>46011</v>
       </c>
       <c r="D946" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E946" s="5">
         <v>40</v>
       </c>
       <c r="F946" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G946" s="5" t="s">
-        <v>1477</v>
+        <v>66</v>
       </c>
     </row>
     <row r="947" spans="1:7">
       <c r="A947" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B947" s="4" t="s">
-        <v>1478</v>
+        <v>1476</v>
       </c>
       <c r="C947" s="5">
-        <v>46042</v>
+        <v>46017</v>
       </c>
       <c r="D947" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E947" s="5">
         <v>40</v>
       </c>
       <c r="F947" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G947" s="5" t="s">
-        <v>85</v>
+        <v>651</v>
       </c>
     </row>
     <row r="948" spans="1:7">
       <c r="A948" s="3" t="s">
-        <v>1479</v>
+        <v>29</v>
       </c>
       <c r="B948" s="4" t="s">
-        <v>1480</v>
+        <v>1477</v>
       </c>
       <c r="C948" s="5">
-        <v>46044</v>
+        <v>46019</v>
       </c>
       <c r="D948" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E948" s="5">
         <v>40</v>
       </c>
       <c r="F948" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G948" s="5" t="s">
-        <v>1171</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="949" spans="1:7">
       <c r="A949" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B949" s="4" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="C949" s="5">
-        <v>46045</v>
+        <v>46042</v>
       </c>
       <c r="D949" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E949" s="5">
         <v>40</v>
       </c>
       <c r="F949" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G949" s="5" t="s">
-        <v>1482</v>
+        <v>85</v>
       </c>
     </row>
     <row r="950" spans="1:7">
       <c r="A950" s="3" t="s">
-        <v>29</v>
+        <v>1480</v>
       </c>
       <c r="B950" s="4" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="C950" s="5">
-        <v>46070</v>
+        <v>46044</v>
       </c>
       <c r="D950" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E950" s="5">
         <v>40</v>
       </c>
       <c r="F950" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G950" s="5" t="s">
-        <v>430</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="951" spans="1:7">
       <c r="A951" s="3" t="s">
-        <v>1484</v>
+        <v>17</v>
       </c>
       <c r="B951" s="4" t="s">
-        <v>1485</v>
+        <v>1482</v>
       </c>
       <c r="C951" s="5">
-        <v>46070</v>
+        <v>46045</v>
       </c>
       <c r="D951" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E951" s="5">
         <v>40</v>
       </c>
       <c r="F951" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G951" s="5" t="s">
-        <v>772</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="952" spans="1:7">
       <c r="A952" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B952" s="4" t="s">
-        <v>1486</v>
+        <v>1484</v>
       </c>
       <c r="C952" s="5">
         <v>46070</v>
       </c>
       <c r="D952" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E952" s="5">
         <v>40</v>
       </c>
       <c r="F952" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G952" s="5" t="s">
-        <v>24</v>
+        <v>430</v>
       </c>
     </row>
     <row r="953" spans="1:7">
       <c r="A953" s="3" t="s">
-        <v>109</v>
+        <v>1485</v>
       </c>
       <c r="B953" s="4" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="C953" s="5">
-        <v>46080</v>
+        <v>46070</v>
       </c>
       <c r="D953" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E953" s="5">
         <v>40</v>
       </c>
       <c r="F953" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G953" s="5" t="s">
-        <v>877</v>
+        <v>772</v>
       </c>
     </row>
     <row r="954" spans="1:7">
       <c r="A954" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="B954" s="4" t="s">
-        <v>1488</v>
+        <v>1487</v>
       </c>
       <c r="C954" s="5">
-        <v>46083</v>
+        <v>46070</v>
       </c>
       <c r="D954" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E954" s="5">
         <v>40</v>
       </c>
       <c r="F954" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G954" s="5" t="s">
-        <v>624</v>
+        <v>24</v>
       </c>
     </row>
     <row r="955" spans="1:7">
       <c r="A955" s="3" t="s">
-        <v>1489</v>
+        <v>109</v>
       </c>
       <c r="B955" s="4" t="s">
-        <v>1490</v>
+        <v>1488</v>
       </c>
       <c r="C955" s="5">
-        <v>46107</v>
+        <v>46080</v>
       </c>
       <c r="D955" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E955" s="5">
         <v>40</v>
       </c>
       <c r="F955" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G955" s="5" t="s">
-        <v>765</v>
+        <v>877</v>
       </c>
     </row>
     <row r="956" spans="1:7">
       <c r="A956" s="3" t="s">
-        <v>1491</v>
+        <v>17</v>
       </c>
       <c r="B956" s="4" t="s">
-        <v>1492</v>
+        <v>1489</v>
       </c>
       <c r="C956" s="5">
-        <v>46111</v>
+        <v>46083</v>
       </c>
       <c r="D956" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E956" s="5">
         <v>40</v>
       </c>
       <c r="F956" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G956" s="5" t="s">
-        <v>1493</v>
+        <v>624</v>
       </c>
     </row>
     <row r="957" spans="1:7">
       <c r="A957" s="3" t="s">
-        <v>17</v>
+        <v>1490</v>
       </c>
       <c r="B957" s="4" t="s">
-        <v>1494</v>
+        <v>1491</v>
       </c>
       <c r="C957" s="5">
-        <v>46098</v>
+        <v>46107</v>
       </c>
       <c r="D957" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E957" s="5">
         <v>40</v>
       </c>
       <c r="F957" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G957" s="5" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
     </row>
     <row r="958" spans="1:7">
       <c r="A958" s="3" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
       <c r="B958" s="4" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
       <c r="C958" s="5">
-        <v>46105</v>
+        <v>46111</v>
       </c>
       <c r="D958" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E958" s="5">
         <v>40</v>
       </c>
       <c r="F958" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G958" s="5" t="s">
-        <v>877</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="959" spans="1:7">
       <c r="A959" s="3" t="s">
-        <v>1497</v>
+        <v>17</v>
       </c>
       <c r="B959" s="4" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="C959" s="5">
-        <v>46118</v>
+        <v>46098</v>
       </c>
       <c r="D959" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E959" s="5">
         <v>40</v>
       </c>
       <c r="F959" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G959" s="5" t="s">
-        <v>587</v>
+        <v>761</v>
       </c>
     </row>
     <row r="960" spans="1:7">
       <c r="A960" s="3" t="s">
-        <v>29</v>
+        <v>1496</v>
       </c>
       <c r="B960" s="4" t="s">
-        <v>1498</v>
+        <v>1497</v>
       </c>
       <c r="C960" s="5">
-        <v>46118</v>
+        <v>46105</v>
       </c>
       <c r="D960" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E960" s="5">
         <v>40</v>
       </c>
       <c r="F960" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G960" s="5" t="s">
-        <v>855</v>
+        <v>877</v>
       </c>
     </row>
     <row r="961" spans="1:7">
       <c r="A961" s="3" t="s">
-        <v>29</v>
+        <v>1498</v>
       </c>
       <c r="B961" s="4" t="s">
         <v>1499</v>
       </c>
       <c r="C961" s="5">
         <v>46118</v>
       </c>
       <c r="D961" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E961" s="5">
         <v>40</v>
       </c>
       <c r="F961" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G961" s="5" t="s">
-        <v>35</v>
+        <v>587</v>
       </c>
     </row>
     <row r="962" spans="1:7">
       <c r="A962" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="B962" s="4" t="s">
-        <v>1500</v>
+        <v>1499</v>
       </c>
       <c r="C962" s="5">
-        <v>46124</v>
+        <v>46118</v>
       </c>
       <c r="D962" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E962" s="5">
         <v>40</v>
       </c>
       <c r="F962" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G962" s="5" t="s">
-        <v>339</v>
+        <v>855</v>
       </c>
     </row>
     <row r="963" spans="1:7">
       <c r="A963" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B963" s="4" t="s">
-        <v>1501</v>
+        <v>1500</v>
       </c>
       <c r="C963" s="5">
-        <v>46128</v>
+        <v>46118</v>
       </c>
       <c r="D963" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E963" s="5">
         <v>40</v>
       </c>
       <c r="F963" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G963" s="5" t="s">
-        <v>1502</v>
+        <v>35</v>
       </c>
     </row>
     <row r="964" spans="1:7">
       <c r="A964" s="3" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="B964" s="4" t="s">
-        <v>1503</v>
+        <v>1501</v>
       </c>
       <c r="C964" s="5">
-        <v>46128</v>
+        <v>46124</v>
       </c>
       <c r="D964" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E964" s="5">
         <v>40</v>
       </c>
       <c r="F964" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G964" s="5" t="s">
-        <v>918</v>
+        <v>339</v>
       </c>
     </row>
     <row r="965" spans="1:7">
       <c r="A965" s="3" t="s">
-        <v>1504</v>
+        <v>29</v>
       </c>
       <c r="B965" s="4" t="s">
-        <v>1505</v>
+        <v>1502</v>
       </c>
       <c r="C965" s="5">
-        <v>46131</v>
+        <v>46128</v>
       </c>
       <c r="D965" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E965" s="5">
         <v>40</v>
       </c>
       <c r="F965" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G965" s="5" t="s">
-        <v>78</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="966" spans="1:7">
       <c r="A966" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B966" s="4" t="s">
-        <v>1506</v>
+        <v>1504</v>
       </c>
       <c r="C966" s="5">
-        <v>46136</v>
+        <v>46128</v>
       </c>
       <c r="D966" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E966" s="5">
         <v>40</v>
       </c>
       <c r="F966" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G966" s="5" t="s">
-        <v>1126</v>
+        <v>918</v>
       </c>
     </row>
     <row r="967" spans="1:7">
       <c r="A967" s="3" t="s">
-        <v>29</v>
+        <v>1505</v>
       </c>
       <c r="B967" s="4" t="s">
-        <v>1507</v>
+        <v>1506</v>
       </c>
       <c r="C967" s="5">
-        <v>46147</v>
+        <v>46131</v>
       </c>
       <c r="D967" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E967" s="5">
         <v>40</v>
       </c>
       <c r="F967" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G967" s="5" t="s">
-        <v>1508</v>
+        <v>78</v>
       </c>
     </row>
     <row r="968" spans="1:7">
       <c r="A968" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B968" s="4" t="s">
-        <v>1509</v>
+        <v>1507</v>
       </c>
       <c r="C968" s="5">
-        <v>46156</v>
+        <v>46136</v>
       </c>
       <c r="D968" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E968" s="5">
         <v>40</v>
       </c>
       <c r="F968" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G968" s="5" t="s">
-        <v>324</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="969" spans="1:7">
       <c r="A969" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="B969" s="4" t="s">
-        <v>1510</v>
+        <v>1508</v>
       </c>
       <c r="C969" s="5">
-        <v>46150</v>
+        <v>46147</v>
       </c>
       <c r="D969" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E969" s="5">
         <v>40</v>
       </c>
       <c r="F969" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G969" s="5" t="s">
-        <v>121</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="970" spans="1:7">
       <c r="A970" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="B970" s="4" t="s">
-        <v>1511</v>
+        <v>1510</v>
       </c>
       <c r="C970" s="5">
-        <v>46170</v>
+        <v>46156</v>
       </c>
       <c r="D970" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E970" s="5">
         <v>40</v>
       </c>
       <c r="F970" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G970" s="5" t="s">
-        <v>100</v>
+        <v>324</v>
       </c>
     </row>
     <row r="971" spans="1:7">
       <c r="A971" s="3" t="s">
-        <v>1512</v>
+        <v>17</v>
       </c>
       <c r="B971" s="4" t="s">
-        <v>1513</v>
+        <v>1511</v>
       </c>
       <c r="C971" s="5">
-        <v>46175</v>
+        <v>46150</v>
       </c>
       <c r="D971" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E971" s="5">
         <v>40</v>
       </c>
       <c r="F971" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G971" s="5" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="972" spans="1:7">
       <c r="A972" s="3" t="s">
-        <v>1514</v>
+        <v>17</v>
       </c>
       <c r="B972" s="4" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
       <c r="C972" s="5">
-        <v>46184</v>
+        <v>46170</v>
       </c>
       <c r="D972" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E972" s="5">
         <v>40</v>
       </c>
       <c r="F972" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G972" s="5" t="s">
-        <v>1516</v>
+        <v>100</v>
       </c>
     </row>
     <row r="973" spans="1:7">
       <c r="A973" s="3" t="s">
-        <v>1517</v>
+        <v>1513</v>
       </c>
       <c r="B973" s="4" t="s">
-        <v>1518</v>
+        <v>1514</v>
       </c>
       <c r="C973" s="5">
-        <v>46190</v>
+        <v>46175</v>
       </c>
       <c r="D973" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E973" s="5">
         <v>40</v>
       </c>
       <c r="F973" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G973" s="5" t="s">
-        <v>777</v>
+        <v>121</v>
       </c>
     </row>
     <row r="974" spans="1:7">
       <c r="A974" s="3" t="s">
-        <v>29</v>
+        <v>1515</v>
       </c>
       <c r="B974" s="4" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
       <c r="C974" s="5">
-        <v>46194</v>
+        <v>46184</v>
       </c>
       <c r="D974" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E974" s="5">
         <v>40</v>
       </c>
       <c r="F974" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G974" s="5" t="s">
-        <v>170</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="975" spans="1:7">
       <c r="A975" s="3" t="s">
-        <v>29</v>
+        <v>1518</v>
       </c>
       <c r="B975" s="4" t="s">
         <v>1519</v>
       </c>
       <c r="C975" s="5">
-        <v>46194</v>
+        <v>46190</v>
       </c>
       <c r="D975" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E975" s="5">
         <v>40</v>
       </c>
       <c r="F975" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G975" s="5" t="s">
-        <v>284</v>
+        <v>777</v>
       </c>
     </row>
     <row r="976" spans="1:7">
       <c r="A976" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B976" s="4" t="s">
         <v>1520</v>
       </c>
       <c r="C976" s="5">
-        <v>46202</v>
+        <v>46194</v>
       </c>
       <c r="D976" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E976" s="5">
         <v>40</v>
       </c>
       <c r="F976" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G976" s="5" t="s">
-        <v>1235</v>
+        <v>170</v>
       </c>
     </row>
     <row r="977" spans="1:7">
       <c r="A977" s="3" t="s">
-        <v>1512</v>
+        <v>29</v>
       </c>
       <c r="B977" s="4" t="s">
-        <v>1521</v>
+        <v>1520</v>
       </c>
       <c r="C977" s="5">
-        <v>46200</v>
+        <v>46194</v>
       </c>
       <c r="D977" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E977" s="5">
         <v>40</v>
       </c>
       <c r="F977" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G977" s="5" t="s">
-        <v>845</v>
+        <v>284</v>
       </c>
     </row>
     <row r="978" spans="1:7">
       <c r="A978" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B978" s="4" t="s">
-        <v>1522</v>
+        <v>1521</v>
       </c>
       <c r="C978" s="5">
-        <v>46197</v>
+        <v>46202</v>
       </c>
       <c r="D978" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E978" s="5">
         <v>40</v>
       </c>
       <c r="F978" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G978" s="5" t="s">
-        <v>1301</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="979" spans="1:7">
       <c r="A979" s="3" t="s">
-        <v>17</v>
+        <v>1513</v>
       </c>
       <c r="B979" s="4" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="C979" s="5">
-        <v>46104</v>
+        <v>46200</v>
       </c>
       <c r="D979" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E979" s="5">
         <v>40</v>
       </c>
       <c r="F979" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G979" s="5" t="s">
-        <v>201</v>
+        <v>845</v>
       </c>
     </row>
     <row r="980" spans="1:7">
       <c r="A980" s="3" t="s">
-        <v>1524</v>
+        <v>29</v>
       </c>
       <c r="B980" s="4" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="C980" s="5">
-        <v>46213</v>
+        <v>46197</v>
       </c>
       <c r="D980" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E980" s="5">
         <v>40</v>
       </c>
       <c r="F980" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G980" s="5" t="s">
-        <v>1526</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="981" spans="1:7">
       <c r="A981" s="3" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="B981" s="4" t="s">
-        <v>1527</v>
+        <v>1524</v>
       </c>
       <c r="C981" s="5">
-        <v>46235</v>
+        <v>46104</v>
       </c>
       <c r="D981" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E981" s="5">
         <v>40</v>
       </c>
       <c r="F981" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G981" s="5" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
     </row>
     <row r="982" spans="1:7">
       <c r="A982" s="3" t="s">
-        <v>29</v>
+        <v>1525</v>
       </c>
       <c r="B982" s="4" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C982" s="5">
+        <v>46213</v>
+      </c>
+      <c r="D982" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E982" s="5">
+        <v>40</v>
+      </c>
+      <c r="F982" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G982" s="5" t="s">
         <v>1527</v>
-      </c>
-[...13 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="983" spans="1:7">
       <c r="A983" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="B983" s="4" t="s">
         <v>1528</v>
       </c>
       <c r="C983" s="5">
-        <v>46238</v>
+        <v>46235</v>
       </c>
       <c r="D983" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E983" s="5">
         <v>40</v>
       </c>
       <c r="F983" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G983" s="5" t="s">
-        <v>361</v>
+        <v>189</v>
       </c>
     </row>
     <row r="984" spans="1:7">
       <c r="A984" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B984" s="4" t="s">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="C984" s="5">
-        <v>46244</v>
+        <v>46235</v>
       </c>
       <c r="D984" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E984" s="5">
         <v>40</v>
       </c>
       <c r="F984" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G984" s="5" t="s">
-        <v>1516</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="985" spans="1:7">
       <c r="A985" s="3" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="B985" s="4" t="s">
-        <v>1530</v>
+        <v>1529</v>
       </c>
       <c r="C985" s="5">
-        <v>46250</v>
+        <v>46238</v>
       </c>
       <c r="D985" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E985" s="5">
         <v>40</v>
       </c>
       <c r="F985" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G985" s="5" t="s">
-        <v>308</v>
+        <v>361</v>
       </c>
     </row>
     <row r="986" spans="1:7">
       <c r="A986" s="3" t="s">
-        <v>1531</v>
+        <v>29</v>
       </c>
       <c r="B986" s="4" t="s">
-        <v>1532</v>
+        <v>1530</v>
       </c>
       <c r="C986" s="5">
-        <v>46254</v>
+        <v>46244</v>
       </c>
       <c r="D986" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E986" s="5">
         <v>40</v>
       </c>
       <c r="F986" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G986" s="5" t="s">
-        <v>1533</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="987" spans="1:7">
       <c r="A987" s="3" t="s">
-        <v>1534</v>
+        <v>29</v>
       </c>
       <c r="B987" s="4" t="s">
-        <v>1535</v>
+        <v>1531</v>
       </c>
       <c r="C987" s="5">
-        <v>46255</v>
+        <v>46250</v>
       </c>
       <c r="D987" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E987" s="5">
         <v>40</v>
       </c>
       <c r="F987" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G987" s="5" t="s">
-        <v>357</v>
+        <v>308</v>
       </c>
     </row>
     <row r="988" spans="1:7">
       <c r="A988" s="3" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="B988" s="4" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
       <c r="C988" s="5">
-        <v>46261</v>
+        <v>46254</v>
       </c>
       <c r="D988" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E988" s="5">
         <v>40</v>
       </c>
       <c r="F988" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G988" s="5" t="s">
-        <v>284</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="989" spans="1:7">
       <c r="A989" s="3" t="s">
-        <v>1537</v>
+        <v>1535</v>
       </c>
       <c r="B989" s="4" t="s">
-        <v>1538</v>
+        <v>1536</v>
       </c>
       <c r="C989" s="5">
-        <v>47023</v>
+        <v>46255</v>
       </c>
       <c r="D989" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E989" s="5">
         <v>40</v>
       </c>
       <c r="F989" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G989" s="5" t="s">
-        <v>505</v>
+        <v>357</v>
       </c>
     </row>
     <row r="990" spans="1:7">
       <c r="A990" s="3" t="s">
-        <v>1539</v>
+        <v>1532</v>
       </c>
       <c r="B990" s="4" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="C990" s="5">
-        <v>47066</v>
+        <v>46261</v>
       </c>
       <c r="D990" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E990" s="5">
         <v>40</v>
       </c>
       <c r="F990" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G990" s="5" t="s">
-        <v>345</v>
+        <v>284</v>
       </c>
     </row>
     <row r="991" spans="1:7">
       <c r="A991" s="3" t="s">
-        <v>1067</v>
+        <v>1538</v>
       </c>
       <c r="B991" s="4" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="C991" s="5">
-        <v>47101</v>
+        <v>47023</v>
       </c>
       <c r="D991" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E991" s="5">
         <v>40</v>
       </c>
       <c r="F991" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G991" s="5" t="s">
-        <v>765</v>
+        <v>505</v>
       </c>
     </row>
     <row r="992" spans="1:7">
       <c r="A992" s="3" t="s">
-        <v>1130</v>
+        <v>1540</v>
       </c>
       <c r="B992" s="4" t="s">
-        <v>1542</v>
+        <v>1541</v>
       </c>
       <c r="C992" s="5">
-        <v>47139</v>
+        <v>47066</v>
       </c>
       <c r="D992" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E992" s="5">
         <v>40</v>
       </c>
       <c r="F992" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G992" s="5" t="s">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="993" spans="1:7">
       <c r="A993" s="3" t="s">
-        <v>1543</v>
+        <v>1067</v>
       </c>
       <c r="B993" s="4" t="s">
-        <v>1544</v>
+        <v>1542</v>
       </c>
       <c r="C993" s="5">
-        <v>47163</v>
+        <v>47101</v>
       </c>
       <c r="D993" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E993" s="5">
         <v>40</v>
       </c>
       <c r="F993" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G993" s="5" t="s">
-        <v>1545</v>
+        <v>765</v>
       </c>
     </row>
     <row r="994" spans="1:7">
       <c r="A994" s="3" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B994" s="4" t="s">
         <v>1543</v>
       </c>
-      <c r="B994" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C994" s="5">
-        <v>47171</v>
+        <v>47139</v>
       </c>
       <c r="D994" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E994" s="5">
         <v>40</v>
       </c>
       <c r="F994" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G994" s="5" t="s">
-        <v>1152</v>
+        <v>320</v>
       </c>
     </row>
     <row r="995" spans="1:7">
       <c r="A995" s="3" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="B995" s="4" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="C995" s="5">
-        <v>47178</v>
+        <v>47163</v>
       </c>
       <c r="D995" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E995" s="5">
         <v>40</v>
       </c>
       <c r="F995" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G995" s="5" t="s">
-        <v>412</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="996" spans="1:7">
       <c r="A996" s="3" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="B996" s="4" t="s">
-        <v>1548</v>
+        <v>1547</v>
       </c>
       <c r="C996" s="5">
-        <v>47191</v>
+        <v>47171</v>
       </c>
       <c r="D996" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E996" s="5">
         <v>40</v>
       </c>
       <c r="F996" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G996" s="5" t="s">
-        <v>1549</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="997" spans="1:7">
       <c r="A997" s="3" t="s">
-        <v>1550</v>
+        <v>1544</v>
       </c>
       <c r="B997" s="4" t="s">
-        <v>1551</v>
-[...2 lines deleted...]
-        <v>1552</v>
+        <v>1548</v>
+      </c>
+      <c r="C997" s="5">
+        <v>47178</v>
       </c>
       <c r="D997" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E997" s="5">
         <v>40</v>
       </c>
       <c r="F997" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G997" s="5" t="s">
-        <v>66</v>
+        <v>412</v>
       </c>
     </row>
     <row r="998" spans="1:7">
       <c r="A998" s="3" t="s">
-        <v>1553</v>
+        <v>1544</v>
       </c>
       <c r="B998" s="4" t="s">
-        <v>1554</v>
-[...2 lines deleted...]
-        <v>1552</v>
+        <v>1549</v>
+      </c>
+      <c r="C998" s="5">
+        <v>47191</v>
       </c>
       <c r="D998" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E998" s="5">
         <v>40</v>
       </c>
       <c r="F998" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G998" s="5" t="s">
-        <v>151</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="999" spans="1:7">
       <c r="A999" s="3" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B999" s="4" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
       <c r="C999" s="5" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="D999" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E999" s="5">
         <v>40</v>
       </c>
       <c r="F999" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G999" s="5" t="s">
-        <v>214</v>
+        <v>66</v>
       </c>
     </row>
     <row r="1000" spans="1:7">
       <c r="A1000" s="3" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="B1000" s="4" t="s">
         <v>1555</v>
       </c>
       <c r="C1000" s="5" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="D1000" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1000" s="5">
         <v>40</v>
       </c>
       <c r="F1000" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1000" s="5" t="s">
-        <v>214</v>
+        <v>151</v>
       </c>
     </row>
     <row r="1001" spans="1:7">
       <c r="A1001" s="3" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B1001" s="4" t="s">
         <v>1556</v>
       </c>
-      <c r="B1001" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1001" s="5" t="s">
-        <v>1558</v>
+        <v>1553</v>
       </c>
       <c r="D1001" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1001" s="5">
         <v>40</v>
       </c>
       <c r="F1001" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1001" s="5" t="s">
-        <v>938</v>
+        <v>214</v>
       </c>
     </row>
     <row r="1002" spans="1:7">
       <c r="A1002" s="3" t="s">
-        <v>321</v>
+        <v>1551</v>
       </c>
       <c r="B1002" s="4" t="s">
-        <v>1559</v>
+        <v>1556</v>
       </c>
       <c r="C1002" s="5" t="s">
-        <v>1560</v>
+        <v>1553</v>
       </c>
       <c r="D1002" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1002" s="5">
         <v>40</v>
       </c>
       <c r="F1002" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1002" s="5" t="s">
-        <v>1561</v>
+        <v>214</v>
       </c>
     </row>
     <row r="1003" spans="1:7">
       <c r="A1003" s="3" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="B1003" s="4" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="C1003" s="5" t="s">
-        <v>1563</v>
+        <v>1559</v>
       </c>
       <c r="D1003" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1003" s="5">
         <v>40</v>
       </c>
       <c r="F1003" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1003" s="5" t="s">
-        <v>16</v>
+        <v>938</v>
       </c>
     </row>
     <row r="1004" spans="1:7">
       <c r="A1004" s="3" t="s">
-        <v>341</v>
+        <v>321</v>
       </c>
       <c r="B1004" s="4" t="s">
-        <v>1564</v>
+        <v>1560</v>
       </c>
       <c r="C1004" s="5" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="D1004" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1004" s="5">
         <v>40</v>
       </c>
       <c r="F1004" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1004" s="5" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="1005" spans="1:7">
       <c r="A1005" s="3" t="s">
-        <v>1567</v>
+        <v>1554</v>
       </c>
       <c r="B1005" s="4" t="s">
-        <v>1568</v>
+        <v>1563</v>
       </c>
       <c r="C1005" s="5" t="s">
-        <v>1569</v>
+        <v>1564</v>
       </c>
       <c r="D1005" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1005" s="5">
         <v>40</v>
       </c>
       <c r="F1005" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1005" s="5" t="s">
-        <v>361</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1006" spans="1:7">
       <c r="A1006" s="3" t="s">
-        <v>1570</v>
+        <v>341</v>
       </c>
       <c r="B1006" s="4" t="s">
-        <v>1571</v>
+        <v>1565</v>
       </c>
       <c r="C1006" s="5" t="s">
-        <v>1572</v>
+        <v>1566</v>
       </c>
       <c r="D1006" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1006" s="5">
         <v>40</v>
       </c>
       <c r="F1006" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1006" s="5" t="s">
-        <v>1573</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="1007" spans="1:7">
       <c r="A1007" s="3" t="s">
-        <v>1574</v>
+        <v>1568</v>
       </c>
       <c r="B1007" s="4" t="s">
-        <v>1575</v>
+        <v>1569</v>
       </c>
       <c r="C1007" s="5" t="s">
-        <v>1576</v>
+        <v>1570</v>
       </c>
       <c r="D1007" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1007" s="5">
         <v>40</v>
       </c>
       <c r="F1007" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1007" s="5" t="s">
-        <v>32</v>
+        <v>361</v>
       </c>
     </row>
     <row r="1008" spans="1:7">
       <c r="A1008" s="3" t="s">
-        <v>1553</v>
+        <v>1571</v>
       </c>
       <c r="B1008" s="4" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="C1008" s="5" t="s">
-        <v>1578</v>
+        <v>1573</v>
       </c>
       <c r="D1008" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1008" s="5">
         <v>40</v>
       </c>
       <c r="F1008" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1008" s="5" t="s">
-        <v>139</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="1009" spans="1:7">
       <c r="A1009" s="3" t="s">
-        <v>967</v>
+        <v>1575</v>
       </c>
       <c r="B1009" s="4" t="s">
-        <v>1579</v>
-[...2 lines deleted...]
-        <v>50004</v>
+        <v>1576</v>
+      </c>
+      <c r="C1009" s="5" t="s">
+        <v>1577</v>
       </c>
       <c r="D1009" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1009" s="5">
         <v>40</v>
       </c>
       <c r="F1009" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1009" s="5" t="s">
-        <v>1580</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1010" spans="1:7">
       <c r="A1010" s="3" t="s">
-        <v>967</v>
+        <v>1554</v>
       </c>
       <c r="B1010" s="4" t="s">
-        <v>1581</v>
-[...2 lines deleted...]
-        <v>50018</v>
+        <v>1578</v>
+      </c>
+      <c r="C1010" s="5" t="s">
+        <v>1579</v>
       </c>
       <c r="D1010" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1010" s="5">
         <v>40</v>
       </c>
       <c r="F1010" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1010" s="5" t="s">
-        <v>412</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1011" spans="1:7">
       <c r="A1011" s="3" t="s">
-        <v>731</v>
+        <v>967</v>
       </c>
       <c r="B1011" s="4" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="C1011" s="5">
-        <v>50073</v>
+        <v>50004</v>
       </c>
       <c r="D1011" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1011" s="5">
         <v>40</v>
       </c>
       <c r="F1011" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1011" s="5" t="s">
-        <v>97</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="1012" spans="1:7">
       <c r="A1012" s="3" t="s">
         <v>967</v>
       </c>
       <c r="B1012" s="4" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="C1012" s="5">
-        <v>50099</v>
+        <v>50018</v>
       </c>
       <c r="D1012" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1012" s="5">
         <v>40</v>
       </c>
       <c r="F1012" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1012" s="5" t="s">
-        <v>514</v>
+        <v>412</v>
       </c>
     </row>
     <row r="1013" spans="1:7">
       <c r="A1013" s="3" t="s">
-        <v>1584</v>
+        <v>731</v>
       </c>
       <c r="B1013" s="4" t="s">
-        <v>1585</v>
+        <v>1583</v>
       </c>
       <c r="C1013" s="5">
-        <v>50101</v>
+        <v>50073</v>
       </c>
       <c r="D1013" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1013" s="5">
         <v>40</v>
       </c>
       <c r="F1013" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1013" s="5" t="s">
-        <v>1586</v>
+        <v>97</v>
       </c>
     </row>
     <row r="1014" spans="1:7">
       <c r="A1014" s="3" t="s">
         <v>967</v>
       </c>
       <c r="B1014" s="4" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="C1014" s="5">
-        <v>50118</v>
+        <v>50099</v>
       </c>
       <c r="D1014" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1014" s="5">
         <v>40</v>
       </c>
       <c r="F1014" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1014" s="5" t="s">
-        <v>1129</v>
+        <v>514</v>
       </c>
     </row>
     <row r="1015" spans="1:7">
       <c r="A1015" s="3" t="s">
-        <v>967</v>
+        <v>1585</v>
       </c>
       <c r="B1015" s="4" t="s">
-        <v>1588</v>
+        <v>1586</v>
       </c>
       <c r="C1015" s="5">
-        <v>50124</v>
+        <v>50101</v>
       </c>
       <c r="D1015" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1015" s="5">
         <v>40</v>
       </c>
       <c r="F1015" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1015" s="5" t="s">
-        <v>407</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="1016" spans="1:7">
       <c r="A1016" s="3" t="s">
         <v>967</v>
       </c>
       <c r="B1016" s="4" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="C1016" s="5">
-        <v>50124</v>
+        <v>50118</v>
       </c>
       <c r="D1016" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1016" s="5">
         <v>40</v>
       </c>
       <c r="F1016" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1016" s="5" t="s">
-        <v>1590</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="1017" spans="1:7">
       <c r="A1017" s="3" t="s">
-        <v>731</v>
+        <v>967</v>
       </c>
       <c r="B1017" s="4" t="s">
-        <v>1591</v>
+        <v>1589</v>
       </c>
       <c r="C1017" s="5">
-        <v>50163</v>
+        <v>50124</v>
       </c>
       <c r="D1017" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1017" s="5">
         <v>40</v>
       </c>
       <c r="F1017" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1017" s="5" t="s">
-        <v>1461</v>
+        <v>407</v>
       </c>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" s="3" t="s">
         <v>967</v>
       </c>
       <c r="B1018" s="4" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="C1018" s="5">
-        <v>50182</v>
+        <v>50124</v>
       </c>
       <c r="D1018" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1018" s="5">
         <v>40</v>
       </c>
       <c r="F1018" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1018" s="5" t="s">
-        <v>1593</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" s="3" t="s">
-        <v>967</v>
+        <v>731</v>
       </c>
       <c r="B1019" s="4" t="s">
-        <v>1594</v>
+        <v>1592</v>
       </c>
       <c r="C1019" s="5">
-        <v>50228</v>
+        <v>50163</v>
       </c>
       <c r="D1019" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1019" s="5">
         <v>40</v>
       </c>
       <c r="F1019" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1019" s="5" t="s">
-        <v>1595</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" s="3" t="s">
-        <v>731</v>
+        <v>967</v>
       </c>
       <c r="B1020" s="4" t="s">
-        <v>1596</v>
+        <v>1593</v>
       </c>
       <c r="C1020" s="5">
-        <v>50274</v>
+        <v>50182</v>
       </c>
       <c r="D1020" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1020" s="5">
         <v>40</v>
       </c>
       <c r="F1020" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1020" s="5" t="s">
-        <v>1220</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" s="3" t="s">
-        <v>1597</v>
+        <v>967</v>
       </c>
       <c r="B1021" s="4" t="s">
-        <v>1598</v>
+        <v>1595</v>
       </c>
       <c r="C1021" s="5">
-        <v>50286</v>
+        <v>50228</v>
       </c>
       <c r="D1021" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1021" s="5">
         <v>40</v>
       </c>
       <c r="F1021" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1021" s="5" t="s">
-        <v>754</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" s="3" t="s">
-        <v>738</v>
+        <v>731</v>
       </c>
       <c r="B1022" s="4" t="s">
-        <v>1599</v>
+        <v>1597</v>
       </c>
       <c r="C1022" s="5">
-        <v>50288</v>
+        <v>50274</v>
       </c>
       <c r="D1022" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1022" s="5">
         <v>40</v>
       </c>
       <c r="F1022" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1022" s="5" t="s">
-        <v>976</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" s="3" t="s">
-        <v>731</v>
+        <v>1598</v>
       </c>
       <c r="B1023" s="4" t="s">
-        <v>1600</v>
+        <v>1599</v>
       </c>
       <c r="C1023" s="5">
-        <v>50298</v>
+        <v>50286</v>
       </c>
       <c r="D1023" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1023" s="5">
         <v>40</v>
       </c>
       <c r="F1023" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1023" s="5" t="s">
-        <v>308</v>
+        <v>754</v>
       </c>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" s="3" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="B1024" s="4" t="s">
-        <v>1601</v>
+        <v>1600</v>
       </c>
       <c r="C1024" s="5">
-        <v>50298</v>
+        <v>50288</v>
       </c>
       <c r="D1024" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1024" s="5">
         <v>40</v>
       </c>
       <c r="F1024" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1024" s="5" t="s">
-        <v>831</v>
+        <v>976</v>
       </c>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" s="3" t="s">
-        <v>366</v>
+        <v>731</v>
       </c>
       <c r="B1025" s="4" t="s">
-        <v>1602</v>
+        <v>1601</v>
       </c>
       <c r="C1025" s="5">
-        <v>49010</v>
+        <v>50298</v>
       </c>
       <c r="D1025" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1025" s="5">
         <v>40</v>
       </c>
       <c r="F1025" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1025" s="5" t="s">
-        <v>698</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" s="3" t="s">
-        <v>366</v>
+        <v>731</v>
       </c>
       <c r="B1026" s="4" t="s">
-        <v>1603</v>
+        <v>1602</v>
       </c>
       <c r="C1026" s="5">
-        <v>49016</v>
+        <v>50298</v>
       </c>
       <c r="D1026" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1026" s="5">
         <v>40</v>
       </c>
       <c r="F1026" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1026" s="5" t="s">
-        <v>432</v>
+        <v>831</v>
       </c>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1027" s="4" t="s">
         <v>1603</v>
       </c>
       <c r="C1027" s="5">
-        <v>49016</v>
+        <v>49010</v>
       </c>
       <c r="D1027" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1027" s="5">
         <v>40</v>
       </c>
       <c r="F1027" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1027" s="5" t="s">
-        <v>432</v>
+        <v>698</v>
       </c>
     </row>
     <row r="1028" spans="1:7">
       <c r="A1028" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1028" s="4" t="s">
         <v>1604</v>
       </c>
       <c r="C1028" s="5">
-        <v>49020</v>
+        <v>49016</v>
       </c>
       <c r="D1028" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1028" s="5">
         <v>40</v>
       </c>
       <c r="F1028" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1028" s="5" t="s">
-        <v>377</v>
+        <v>432</v>
       </c>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1029" s="4" t="s">
         <v>1604</v>
       </c>
       <c r="C1029" s="5">
-        <v>49020</v>
+        <v>49016</v>
       </c>
       <c r="D1029" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1029" s="5">
         <v>40</v>
       </c>
       <c r="F1029" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1029" s="5" t="s">
-        <v>377</v>
+        <v>432</v>
       </c>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1030" s="4" t="s">
         <v>1605</v>
       </c>
       <c r="C1030" s="5">
-        <v>49022</v>
+        <v>49020</v>
       </c>
       <c r="D1030" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1030" s="5">
         <v>40</v>
       </c>
       <c r="F1030" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1030" s="5" t="s">
-        <v>108</v>
+        <v>377</v>
       </c>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1031" s="4" t="s">
-        <v>1606</v>
+        <v>1605</v>
       </c>
       <c r="C1031" s="5">
-        <v>49038</v>
+        <v>49020</v>
       </c>
       <c r="D1031" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1031" s="5">
         <v>40</v>
       </c>
       <c r="F1031" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1031" s="5" t="s">
-        <v>1607</v>
+        <v>377</v>
       </c>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1032" s="4" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="C1032" s="5">
-        <v>49063</v>
+        <v>49022</v>
       </c>
       <c r="D1032" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1032" s="5">
         <v>40</v>
       </c>
       <c r="F1032" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1032" s="5" t="s">
-        <v>170</v>
+        <v>108</v>
       </c>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1033" s="4" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="C1033" s="5">
-        <v>49071</v>
+        <v>49038</v>
       </c>
       <c r="D1033" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1033" s="5">
         <v>40</v>
       </c>
       <c r="F1033" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1033" s="5" t="s">
-        <v>97</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1034" s="4" t="s">
-        <v>1610</v>
+        <v>1609</v>
       </c>
       <c r="C1034" s="5">
-        <v>49071</v>
+        <v>49063</v>
       </c>
       <c r="D1034" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1034" s="5">
         <v>40</v>
       </c>
       <c r="F1034" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1034" s="5" t="s">
-        <v>1611</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1035" s="4" t="s">
-        <v>1612</v>
+        <v>1610</v>
       </c>
       <c r="C1035" s="5">
-        <v>49077</v>
+        <v>49071</v>
       </c>
       <c r="D1035" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1035" s="5">
         <v>40</v>
       </c>
       <c r="F1035" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1035" s="5" t="s">
-        <v>840</v>
+        <v>97</v>
       </c>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1036" s="4" t="s">
-        <v>1613</v>
+        <v>1611</v>
       </c>
       <c r="C1036" s="5">
-        <v>49083</v>
+        <v>49071</v>
       </c>
       <c r="D1036" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1036" s="5">
         <v>40</v>
       </c>
       <c r="F1036" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1036" s="5" t="s">
-        <v>103</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1037" s="4" t="s">
-        <v>1614</v>
+        <v>1613</v>
       </c>
       <c r="C1037" s="5">
-        <v>49095</v>
+        <v>49077</v>
       </c>
       <c r="D1037" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1037" s="5">
         <v>40</v>
       </c>
       <c r="F1037" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1037" s="5" t="s">
-        <v>1615</v>
+        <v>840</v>
       </c>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" s="3" t="s">
-        <v>1616</v>
+        <v>366</v>
       </c>
       <c r="B1038" s="4" t="s">
-        <v>1617</v>
+        <v>1614</v>
       </c>
       <c r="C1038" s="5">
-        <v>49100</v>
+        <v>49083</v>
       </c>
       <c r="D1038" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1038" s="5">
         <v>40</v>
       </c>
       <c r="F1038" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1038" s="5" t="s">
-        <v>485</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1039" s="4" t="s">
-        <v>1618</v>
+        <v>1615</v>
       </c>
       <c r="C1039" s="5">
-        <v>49108</v>
+        <v>49095</v>
       </c>
       <c r="D1039" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1039" s="5">
         <v>40</v>
       </c>
       <c r="F1039" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1039" s="5" t="s">
-        <v>855</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" s="3" t="s">
-        <v>366</v>
+        <v>1617</v>
       </c>
       <c r="B1040" s="4" t="s">
-        <v>1619</v>
+        <v>1618</v>
       </c>
       <c r="C1040" s="5">
-        <v>49123</v>
+        <v>49100</v>
       </c>
       <c r="D1040" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1040" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F1040" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1040" s="5" t="s">
-        <v>1620</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1041" s="4" t="s">
-        <v>1621</v>
+        <v>1619</v>
       </c>
       <c r="C1041" s="5">
-        <v>49129</v>
+        <v>49108</v>
       </c>
       <c r="D1041" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1041" s="5">
         <v>40</v>
       </c>
       <c r="F1041" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1041" s="5" t="s">
-        <v>493</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1042" s="4" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="C1042" s="5">
-        <v>49146</v>
+        <v>49123</v>
       </c>
       <c r="D1042" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1042" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F1042" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1042" s="5" t="s">
-        <v>1272</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1043" s="4" t="s">
-        <v>1623</v>
+        <v>1622</v>
       </c>
       <c r="C1043" s="5">
-        <v>49152</v>
+        <v>49129</v>
       </c>
       <c r="D1043" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1043" s="5">
         <v>40</v>
       </c>
       <c r="F1043" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1043" s="5" t="s">
-        <v>510</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1044" s="4" t="s">
-        <v>1624</v>
+        <v>1623</v>
       </c>
       <c r="C1044" s="5">
-        <v>49155</v>
+        <v>49146</v>
       </c>
       <c r="D1044" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1044" s="5">
         <v>40</v>
       </c>
       <c r="F1044" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1044" s="5" t="s">
-        <v>914</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1045" s="4" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
       <c r="C1045" s="5">
-        <v>49158</v>
+        <v>49152</v>
       </c>
       <c r="D1045" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1045" s="5">
         <v>40</v>
       </c>
       <c r="F1045" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1045" s="5" t="s">
-        <v>205</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1046" s="4" t="s">
-        <v>1626</v>
+        <v>1625</v>
       </c>
       <c r="C1046" s="5">
-        <v>49160</v>
+        <v>49155</v>
       </c>
       <c r="D1046" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1046" s="5">
         <v>40</v>
       </c>
       <c r="F1046" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1046" s="5" t="s">
-        <v>777</v>
+        <v>914</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1047" s="4" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="C1047" s="5">
-        <v>49163</v>
+        <v>49158</v>
       </c>
       <c r="D1047" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1047" s="5">
         <v>40</v>
       </c>
       <c r="F1047" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1047" s="5" t="s">
-        <v>1628</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1048" s="4" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="C1048" s="5">
-        <v>49179</v>
+        <v>49160</v>
       </c>
       <c r="D1048" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1048" s="5">
         <v>40</v>
       </c>
       <c r="F1048" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1048" s="5" t="s">
-        <v>76</v>
+        <v>777</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1049" s="4" t="s">
-        <v>1630</v>
+        <v>1628</v>
       </c>
       <c r="C1049" s="5">
-        <v>49219</v>
+        <v>49163</v>
       </c>
       <c r="D1049" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1049" s="5">
         <v>40</v>
       </c>
       <c r="F1049" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1049" s="5" t="s">
-        <v>16</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1050" s="4" t="s">
-        <v>1631</v>
+        <v>1630</v>
       </c>
       <c r="C1050" s="5">
-        <v>49219</v>
+        <v>49179</v>
       </c>
       <c r="D1050" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1050" s="5">
         <v>40</v>
       </c>
       <c r="F1050" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1050" s="5" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1051" s="4" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="C1051" s="5">
-        <v>49239</v>
+        <v>49219</v>
       </c>
       <c r="D1051" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1051" s="5">
         <v>40</v>
       </c>
       <c r="F1051" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1051" s="5" t="s">
-        <v>154</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1052" s="4" t="s">
         <v>1632</v>
       </c>
       <c r="C1052" s="5">
-        <v>49239</v>
+        <v>49219</v>
       </c>
       <c r="D1052" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1052" s="5">
         <v>40</v>
       </c>
       <c r="F1052" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1052" s="5" t="s">
-        <v>154</v>
+        <v>47</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1053" s="4" t="s">
         <v>1633</v>
       </c>
       <c r="C1053" s="5">
-        <v>49251</v>
+        <v>49239</v>
       </c>
       <c r="D1053" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1053" s="5">
         <v>40</v>
       </c>
       <c r="F1053" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1053" s="5" t="s">
-        <v>1402</v>
+        <v>154</v>
       </c>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1054" s="4" t="s">
-        <v>1634</v>
+        <v>1633</v>
       </c>
       <c r="C1054" s="5">
-        <v>49264</v>
+        <v>49239</v>
       </c>
       <c r="D1054" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E1054" s="5">
         <v>40</v>
       </c>
       <c r="F1054" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G1054" s="5" t="s">
-        <v>1635</v>
+        <v>154</v>
       </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B1055" s="4" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C1055" s="5">
+        <v>49251</v>
+      </c>
+      <c r="D1055" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1055" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1055" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1055" s="5" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:7">
+      <c r="A1056" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B1056" s="4" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C1056" s="5">
+        <v>49264</v>
+      </c>
+      <c r="D1056" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1056" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1056" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1056" s="5" t="s">
         <v>1636</v>
       </c>
-      <c r="C1055" s="5">
+    </row>
+    <row r="1057" spans="1:7">
+      <c r="A1057" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B1057" s="4" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C1057" s="5">
         <v>49267</v>
       </c>
-      <c r="D1055" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G1055" s="5" t="s">
+      <c r="D1057" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E1057" s="5">
+        <v>40</v>
+      </c>
+      <c r="F1057" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1057" s="5" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="1056" spans="1:7">
-[...4 lines deleted...]
-      <c r="G1056" s="1"/>
+    <row r="1058" spans="1:7">
+      <c r="A1058" s="2"/>
+      <c r="C1058" s="1"/>
+      <c r="E1058" s="1"/>
+      <c r="F1058" s="1"/>
+      <c r="G1058" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">