--- v1 (2026-02-09)
+++ v2 (2026-02-09)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1638">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA8IH</t>
   </si>
   <si>
     <t>800 Referencias DVGE - 1.052 QSO encontrados - 639 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1104 (09-02-2026 07:58)</t>
+    <t>Ranking #1104 (09-02-2026 15:29)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5CMP/P/QRP</t>
   </si>