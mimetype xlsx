--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA8YN</t>
   </si>
   <si>
     <t>68 Referencias DVGE - 83 QSO encontrados - 61 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #4166 (05-11-2025 19:38)</t>
+    <t>Ranking #4166 (21-12-2025 18:25)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5AJX</t>
   </si>