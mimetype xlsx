--- v1 (2025-12-21)
+++ v2 (2026-02-15)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EA8YN</t>
   </si>
   <si>
-    <t>68 Referencias DVGE - 83 QSO encontrados - 61 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #4166 (21-12-2025 18:25)</t>
+    <t>69 Referencias DVGE - 85 QSO encontrados - 61 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #4166 (15-02-2026 17:52)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5AJX</t>
   </si>
@@ -245,56 +245,56 @@
   <si>
     <t>11/09/2009</t>
   </si>
   <si>
     <t>VGGC-051</t>
   </si>
   <si>
     <t>12/09/2009</t>
   </si>
   <si>
     <t>EA8AUW/P</t>
   </si>
   <si>
     <t>VGGC-061</t>
   </si>
   <si>
     <t>19/07/2018</t>
   </si>
   <si>
     <t>VGGC-088</t>
   </si>
   <si>
     <t>29/04/2021</t>
   </si>
   <si>
+    <t>FM</t>
+  </si>
+  <si>
     <t>18/06/2019</t>
   </si>
   <si>
-    <t>FM</t>
-[...1 lines deleted...]
-  <si>
     <t>VGGC-101</t>
   </si>
   <si>
     <t>16/07/2010</t>
   </si>
   <si>
     <t>VGGC-123</t>
   </si>
   <si>
     <t>05/07/2009</t>
   </si>
   <si>
     <t>EG8VGL</t>
   </si>
   <si>
     <t>VGGC-132</t>
   </si>
   <si>
     <t>15/11/2008</t>
   </si>
   <si>
     <t>EA8W</t>
   </si>
   <si>
     <t>VGGC-134</t>
@@ -512,50 +512,59 @@
   <si>
     <t>EA8BYC/P</t>
   </si>
   <si>
     <t>VGTF-015</t>
   </si>
   <si>
     <t>07/08/2023</t>
   </si>
   <si>
     <t>EA8CWU/P</t>
   </si>
   <si>
     <t>12/08/2011</t>
   </si>
   <si>
     <t>EA8AA/P</t>
   </si>
   <si>
     <t>VGTF-016</t>
   </si>
   <si>
     <t>30/11/2014</t>
   </si>
   <si>
+    <t>EA8AA</t>
+  </si>
+  <si>
+    <t>VGTF-017</t>
+  </si>
+  <si>
+    <t>17/01/2026</t>
+  </si>
+  <si>
     <t>EA8URA</t>
   </si>
   <si>
     <t>VGTF-021</t>
   </si>
   <si>
     <t>14/11/2015</t>
   </si>
   <si>
     <t>EA8DEJ/P</t>
   </si>
   <si>
     <t>VGTF-026</t>
   </si>
   <si>
     <t>03/04/2016</t>
   </si>
   <si>
     <t>EA8CER/P</t>
   </si>
   <si>
     <t>VGTF-052</t>
   </si>
   <si>
     <t>08/04/2018</t>
@@ -575,60 +584,60 @@
   <si>
     <t>07/12/2009</t>
   </si>
   <si>
     <t>EA8CZT</t>
   </si>
   <si>
     <t>VGTF-089</t>
   </si>
   <si>
     <t>04/09/2014</t>
   </si>
   <si>
     <t>EA8BFH/QRP</t>
   </si>
   <si>
     <t>VGTF-092</t>
   </si>
   <si>
     <t>03/09/2011</t>
   </si>
   <si>
     <t>VGTF-095</t>
   </si>
   <si>
+    <t>EA8RCK</t>
+  </si>
+  <si>
     <t>VGTF-104</t>
   </si>
   <si>
+    <t>19/10/2013</t>
+  </si>
+  <si>
     <t>24/10/2014</t>
-  </si>
-[...4 lines deleted...]
-    <t>19/10/2013</t>
   </si>
   <si>
     <t>VGTF-107</t>
   </si>
   <si>
     <t>03/09/2014</t>
   </si>
   <si>
     <t>VGTF-109</t>
   </si>
   <si>
     <t>31/08/2013</t>
   </si>
   <si>
     <t>VGTF-119</t>
   </si>
   <si>
     <t>14/03/2009</t>
   </si>
   <si>
     <t>EA8CSG/P</t>
   </si>
   <si>
     <t>VGTF-142</t>
   </si>
@@ -1105,51 +1114,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G89"/>
+  <dimension ref="A1:G91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1390,74 +1399,74 @@
       </c>
       <c r="E14" s="5">
         <v>40</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="5">
         <v>12040</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="5">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G15" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="5">
         <v>12040</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>51</v>
       </c>
       <c r="C17" s="5">
         <v>16096</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="5">
         <v>40</v>
       </c>
       <c r="F17" s="5" t="s">
@@ -1700,92 +1709,92 @@
     <row r="28" spans="1:7">
       <c r="A28" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C28" s="5">
         <v>35023</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="5">
         <v>20</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="3" t="s">
-        <v>72</v>
+        <v>53</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C29" s="5">
         <v>35023</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="G29" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="3" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="5">
         <v>35023</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F30" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" s="5" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>79</v>
       </c>
       <c r="C31" s="5">
         <v>35024</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="5">
         <v>40</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>80</v>
       </c>
     </row>
@@ -2517,617 +2526,663 @@
       </c>
       <c r="E63" s="5">
         <v>40</v>
       </c>
       <c r="F63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G63" s="5" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>159</v>
       </c>
       <c r="C64" s="5">
         <v>38005</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="5" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="3" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>159</v>
       </c>
       <c r="C65" s="5">
         <v>38005</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="5">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="3" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>159</v>
       </c>
       <c r="C66" s="5">
         <v>38005</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>159</v>
       </c>
       <c r="C67" s="5">
         <v>38005</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>164</v>
       </c>
       <c r="C68" s="5">
         <v>38006</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="5">
         <v>2</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G68" s="5" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>167</v>
       </c>
       <c r="C69" s="5">
-        <v>38009</v>
+        <v>38006</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G69" s="5" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C70" s="5">
-        <v>38012</v>
+        <v>38006</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="C71" s="5">
-        <v>38016</v>
+        <v>38009</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="5">
         <v>40</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="5" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="3" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C72" s="5">
-        <v>38017</v>
+        <v>38012</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="5">
         <v>40</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C73" s="5">
+        <v>38016</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="5">
+        <v>40</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73" s="5" t="s">
         <v>177</v>
-      </c>
-[...16 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="3" t="s">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C74" s="5">
-        <v>38031</v>
+        <v>38017</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="5">
         <v>40</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G74" s="5" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C75" s="5">
-        <v>38023</v>
+        <v>38017</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G75" s="5" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C76" s="5">
-        <v>38023</v>
+        <v>38031</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="5">
         <v>40</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>162</v>
+        <v>185</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="3" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>187</v>
       </c>
       <c r="C77" s="5">
-        <v>38036</v>
+        <v>38023</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="5">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="5" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B78" s="4" t="s">
         <v>189</v>
       </c>
-      <c r="B78" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78" s="5">
-        <v>38036</v>
+        <v>38023</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="5">
         <v>40</v>
       </c>
       <c r="F78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G78" s="5" t="s">
-        <v>190</v>
+        <v>162</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="3" t="s">
-        <v>150</v>
+        <v>190</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>191</v>
       </c>
       <c r="C79" s="5">
-        <v>38037</v>
+        <v>38036</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="5">
         <v>40</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="5" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="3" t="s">
-        <v>150</v>
+        <v>183</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C80" s="5">
-        <v>38038</v>
+        <v>38036</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="5">
         <v>20</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="3" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C81" s="5">
-        <v>38038</v>
+        <v>38037</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>61</v>
+        <v>195</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="3" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C82" s="5">
         <v>38038</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="5">
         <v>20</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>61</v>
+        <v>197</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="3" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C83" s="5">
-        <v>38046</v>
+        <v>38038</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="5">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>196</v>
+        <v>61</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="3" t="s">
-        <v>197</v>
+        <v>161</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C84" s="5">
-        <v>38048</v>
+        <v>38038</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>199</v>
+        <v>61</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="3" t="s">
-        <v>200</v>
+        <v>157</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C85" s="5">
-        <v>46228</v>
+        <v>38046</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="5">
         <v>40</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>201</v>
+      </c>
+      <c r="C86" s="5">
+        <v>38048</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="5">
         <v>40</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="3" t="s">
-        <v>134</v>
+        <v>203</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C87" s="5">
-        <v>50246</v>
+        <v>46228</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="5" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B88" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="5">
+        <v>40</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G88" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="B88" s="4" t="s">
+    </row>
+    <row r="89" spans="1:7">
+      <c r="A89" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B89" s="4" t="s">
         <v>210</v>
       </c>
-      <c r="C88" s="5">
+      <c r="C89" s="5">
+        <v>50246</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="5">
+        <v>20</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7">
+      <c r="A90" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B90" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C90" s="5">
         <v>49123</v>
       </c>
-      <c r="D88" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G89" s="1"/>
+      <c r="D90" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="5">
+        <v>40</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7">
+      <c r="A91" s="2"/>
+      <c r="C91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">