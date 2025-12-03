--- v0 (2025-10-14)
+++ v1 (2025-12-03)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EB5AN</t>
   </si>
   <si>
-    <t>110 Referencias DVGE - 156 QSO encontrados - 98 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3394 (14-10-2025 09:51)</t>
+    <t>111 Referencias DVGE - 157 QSO encontrados - 99 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3394 (03-12-2025 16:24)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5AER/P</t>
   </si>
@@ -666,50 +666,59 @@
     <t>FM</t>
   </si>
   <si>
     <t>VGV-058</t>
   </si>
   <si>
     <t>19/10/2014</t>
   </si>
   <si>
     <t>VGV-069</t>
   </si>
   <si>
     <t>12/10/2014</t>
   </si>
   <si>
     <t>EA5TT/P</t>
   </si>
   <si>
     <t>VGV-070</t>
   </si>
   <si>
     <t>VGV-071</t>
   </si>
   <si>
     <t>16/04/2017</t>
+  </si>
+  <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
   </si>
   <si>
     <t>VGV-084</t>
   </si>
   <si>
     <t>09/10/2016</t>
   </si>
   <si>
     <t>EA5RKX/P</t>
   </si>
   <si>
     <t>VGV-090</t>
   </si>
   <si>
     <t>VGV-094</t>
   </si>
   <si>
     <t>31/12/2013</t>
   </si>
   <si>
     <t>VGV-115</t>
   </si>
   <si>
     <t>10/01/2015</t>
   </si>
@@ -1255,51 +1264,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G162"/>
+  <dimension ref="A1:G163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -3989,974 +3998,997 @@
     <row r="121" spans="1:7">
       <c r="A121" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B121" s="4" t="s">
         <v>216</v>
       </c>
       <c r="C121" s="5">
         <v>46109</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="5">
         <v>40</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G121" s="5" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="3" t="s">
-        <v>76</v>
+        <v>218</v>
       </c>
       <c r="B122" s="4" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C122" s="5">
-        <v>46099</v>
+        <v>46111</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="5">
         <v>40</v>
       </c>
       <c r="F122" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G122" s="5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="3" t="s">
-        <v>220</v>
+        <v>76</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>221</v>
       </c>
       <c r="C123" s="5">
-        <v>46105</v>
+        <v>46099</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="5">
         <v>40</v>
       </c>
       <c r="F123" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G123" s="5" t="s">
-        <v>16</v>
+        <v>222</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="3" t="s">
-        <v>76</v>
+        <v>223</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C124" s="5">
-        <v>46116</v>
+        <v>46105</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="5">
         <v>40</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G124" s="5" t="s">
-        <v>223</v>
+        <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C125" s="5">
         <v>46116</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="5">
         <v>40</v>
       </c>
       <c r="F125" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G125" s="5" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B126" s="4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C126" s="5">
-        <v>46147</v>
+        <v>46116</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="5">
         <v>40</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G126" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C127" s="5">
         <v>46147</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="5">
         <v>40</v>
       </c>
       <c r="F127" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G127" s="5" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C128" s="5">
         <v>46147</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="5">
         <v>40</v>
       </c>
       <c r="F128" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G128" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C129" s="5">
         <v>46147</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="5">
         <v>40</v>
       </c>
       <c r="F129" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G129" s="5" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="3" t="s">
-        <v>228</v>
+        <v>76</v>
       </c>
       <c r="B130" s="4" t="s">
         <v>229</v>
       </c>
       <c r="C130" s="5">
-        <v>46182</v>
+        <v>46147</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="5">
         <v>40</v>
       </c>
       <c r="F130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G130" s="5" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>232</v>
       </c>
       <c r="C131" s="5">
-        <v>46189</v>
+        <v>46182</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="5">
         <v>40</v>
       </c>
       <c r="F131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G131" s="5" t="s">
-        <v>16</v>
+        <v>233</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="3" t="s">
-        <v>76</v>
+        <v>234</v>
       </c>
       <c r="B132" s="4" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C132" s="5">
-        <v>46213</v>
+        <v>46189</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="5">
         <v>40</v>
       </c>
       <c r="F132" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G132" s="5" t="s">
-        <v>234</v>
+        <v>16</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C133" s="5">
         <v>46213</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="5">
         <v>40</v>
       </c>
       <c r="F133" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G133" s="5" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="3" t="s">
-        <v>235</v>
+        <v>76</v>
       </c>
       <c r="B134" s="4" t="s">
         <v>236</v>
       </c>
       <c r="C134" s="5">
         <v>46213</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="5">
         <v>40</v>
       </c>
       <c r="F134" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G134" s="5" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="3" t="s">
-        <v>76</v>
+        <v>238</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C135" s="5">
         <v>46213</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="5">
         <v>40</v>
       </c>
       <c r="F135" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G135" s="5" t="s">
-        <v>20</v>
+        <v>240</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B136" s="4" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C136" s="5">
         <v>46213</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="5">
         <v>40</v>
       </c>
       <c r="F136" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G136" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C137" s="5">
         <v>46213</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B138" s="4" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C138" s="5">
         <v>46213</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F138" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G138" s="5" t="s">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C139" s="5">
         <v>46213</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="5">
         <v>40</v>
       </c>
       <c r="F139" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G139" s="5" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B140" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C140" s="5">
-        <v>46214</v>
+        <v>46213</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="5">
         <v>40</v>
       </c>
       <c r="F140" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G140" s="5" t="s">
-        <v>197</v>
+        <v>243</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C141" s="5">
         <v>46214</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="5">
         <v>40</v>
       </c>
       <c r="F141" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G141" s="5" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B142" s="4" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C142" s="5">
-        <v>46220</v>
+        <v>46214</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="5">
         <v>40</v>
       </c>
       <c r="F142" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="5" t="s">
-        <v>243</v>
+        <v>197</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C143" s="5">
         <v>46220</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="5">
         <v>40</v>
       </c>
       <c r="F143" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G143" s="5" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C144" s="5">
         <v>46220</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="5">
         <v>40</v>
       </c>
       <c r="F144" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G144" s="5" t="s">
-        <v>117</v>
+        <v>246</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C145" s="5">
         <v>46220</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="5">
         <v>40</v>
       </c>
       <c r="F145" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G145" s="5" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C146" s="5">
-        <v>46224</v>
+        <v>46220</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="5">
         <v>40</v>
       </c>
       <c r="F146" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G146" s="5" t="s">
-        <v>246</v>
+        <v>117</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C147" s="5">
         <v>46224</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="5">
         <v>40</v>
       </c>
       <c r="F147" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G147" s="5" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B148" s="4" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C148" s="5">
-        <v>46228</v>
+        <v>46224</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="5">
         <v>40</v>
       </c>
       <c r="F148" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G148" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C149" s="5">
         <v>46228</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="5">
         <v>40</v>
       </c>
       <c r="F149" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G149" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C150" s="5">
-        <v>46250</v>
+        <v>46228</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="5">
         <v>40</v>
       </c>
       <c r="F150" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G150" s="5" t="s">
-        <v>104</v>
+        <v>251</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C151" s="5">
         <v>46250</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="5">
         <v>40</v>
       </c>
       <c r="F151" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G151" s="5" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C152" s="5">
-        <v>46256</v>
+        <v>46250</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="5">
         <v>40</v>
       </c>
       <c r="F152" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G152" s="5" t="s">
-        <v>251</v>
+        <v>104</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C153" s="5">
         <v>46256</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="5">
         <v>40</v>
       </c>
       <c r="F153" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G153" s="5" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B154" s="4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C154" s="5">
         <v>46256</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="5">
         <v>40</v>
       </c>
       <c r="F154" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G154" s="5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C155" s="5">
         <v>46256</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="5">
         <v>40</v>
       </c>
       <c r="F155" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G155" s="5" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C156" s="5">
-        <v>46258</v>
+        <v>46256</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="5">
         <v>40</v>
       </c>
       <c r="F156" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G156" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C157" s="5">
-        <v>46902</v>
+        <v>46258</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="5">
         <v>40</v>
       </c>
       <c r="F157" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G157" s="5" t="s">
-        <v>38</v>
+        <v>258</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C158" s="5">
         <v>46902</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="5">
         <v>40</v>
       </c>
       <c r="F158" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G158" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="3" t="s">
-        <v>257</v>
+        <v>76</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C159" s="5">
-        <v>47051</v>
+        <v>46902</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="5">
         <v>40</v>
       </c>
       <c r="F159" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G159" s="5" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="3" t="s">
-        <v>178</v>
+        <v>260</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C160" s="5">
-        <v>50235</v>
+        <v>47051</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="5">
         <v>40</v>
       </c>
       <c r="F160" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G160" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="3" t="s">
-        <v>260</v>
+        <v>178</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C161" s="5">
+        <v>50235</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="5">
+        <v>40</v>
+      </c>
+      <c r="F161" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G161" s="5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7">
+      <c r="A162" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B162" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="C162" s="5">
         <v>49208</v>
       </c>
-      <c r="D161" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G161" s="5" t="s">
+      <c r="D162" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="5">
+        <v>40</v>
+      </c>
+      <c r="F162" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G162" s="5" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="162" spans="1:7">
-[...4 lines deleted...]
-      <c r="G162" s="1"/>
+    <row r="163" spans="1:7">
+      <c r="A163" s="2"/>
+      <c r="C163" s="1"/>
+      <c r="E163" s="1"/>
+      <c r="F163" s="1"/>
+      <c r="G163" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">