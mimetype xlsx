--- v1 (2025-12-03)
+++ v2 (2026-01-18)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EB5AN</t>
   </si>
   <si>
-    <t>111 Referencias DVGE - 157 QSO encontrados - 99 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3394 (03-12-2025 16:24)</t>
+    <t>111 Referencias DVGE - 158 QSO encontrados - 99 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3394 (18-01-2026 18:25)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5AER/P</t>
   </si>
@@ -747,50 +747,59 @@
     <t>VGV-165</t>
   </si>
   <si>
     <t>14/08/2017</t>
   </si>
   <si>
     <t>EA5ON</t>
   </si>
   <si>
     <t>VGV-166</t>
   </si>
   <si>
     <t>16/10/2016</t>
   </si>
   <si>
     <t>VGV-169</t>
   </si>
   <si>
     <t>VGV-174</t>
   </si>
   <si>
     <t>23/04/2017</t>
   </si>
   <si>
     <t>VGV-179</t>
+  </si>
+  <si>
+    <t>EA5QG</t>
+  </si>
+  <si>
+    <t>FT8</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
   </si>
   <si>
     <t>VGV-180</t>
   </si>
   <si>
     <t>28/04/2014</t>
   </si>
   <si>
     <t>VGV-181</t>
   </si>
   <si>
     <t>VGV-183</t>
   </si>
   <si>
     <t>25/04/2014</t>
   </si>
   <si>
     <t>VGV-186</t>
   </si>
   <si>
     <t>02/11/2013</t>
   </si>
   <si>
     <t>VGV-218</t>
   </si>
@@ -1264,51 +1273,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G163"/>
+  <dimension ref="A1:G164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -4481,514 +4490,537 @@
     <row r="142" spans="1:7">
       <c r="A142" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B142" s="4" t="s">
         <v>244</v>
       </c>
       <c r="C142" s="5">
         <v>46214</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="5">
         <v>40</v>
       </c>
       <c r="F142" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G142" s="5" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="3" t="s">
-        <v>76</v>
+        <v>245</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="C143" s="5">
-        <v>46220</v>
+        <v>46214</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="5">
         <v>40</v>
       </c>
       <c r="F143" s="5" t="s">
-        <v>23</v>
+        <v>246</v>
       </c>
       <c r="G143" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C144" s="5">
         <v>46220</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="5">
         <v>40</v>
       </c>
       <c r="F144" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G144" s="5" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C145" s="5">
         <v>46220</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E145" s="5">
         <v>40</v>
       </c>
       <c r="F145" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G145" s="5" t="s">
-        <v>117</v>
+        <v>249</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C146" s="5">
         <v>46220</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E146" s="5">
         <v>40</v>
       </c>
       <c r="F146" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G146" s="5" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C147" s="5">
-        <v>46224</v>
+        <v>46220</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="5">
         <v>40</v>
       </c>
       <c r="F147" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G147" s="5" t="s">
-        <v>249</v>
+        <v>117</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B148" s="4" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C148" s="5">
         <v>46224</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="5">
         <v>40</v>
       </c>
       <c r="F148" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G148" s="5" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C149" s="5">
-        <v>46228</v>
+        <v>46224</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="5">
         <v>40</v>
       </c>
       <c r="F149" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G149" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C150" s="5">
         <v>46228</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="5">
         <v>40</v>
       </c>
       <c r="F150" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G150" s="5" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C151" s="5">
-        <v>46250</v>
+        <v>46228</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="5">
         <v>40</v>
       </c>
       <c r="F151" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G151" s="5" t="s">
-        <v>104</v>
+        <v>254</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C152" s="5">
         <v>46250</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="5">
         <v>40</v>
       </c>
       <c r="F152" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G152" s="5" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C153" s="5">
-        <v>46256</v>
+        <v>46250</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="5">
         <v>40</v>
       </c>
       <c r="F153" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G153" s="5" t="s">
-        <v>254</v>
+        <v>104</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B154" s="4" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C154" s="5">
         <v>46256</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="5">
         <v>40</v>
       </c>
       <c r="F154" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G154" s="5" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C155" s="5">
         <v>46256</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="5">
         <v>40</v>
       </c>
       <c r="F155" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G155" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C156" s="5">
         <v>46256</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E156" s="5">
         <v>40</v>
       </c>
       <c r="F156" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G156" s="5" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C157" s="5">
-        <v>46258</v>
+        <v>46256</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="5">
         <v>40</v>
       </c>
       <c r="F157" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G157" s="5" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C158" s="5">
-        <v>46902</v>
+        <v>46258</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="5">
         <v>40</v>
       </c>
       <c r="F158" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G158" s="5" t="s">
-        <v>38</v>
+        <v>261</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C159" s="5">
         <v>46902</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="5">
         <v>40</v>
       </c>
       <c r="F159" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="G159" s="5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="3" t="s">
-        <v>260</v>
+        <v>76</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C160" s="5">
-        <v>47051</v>
+        <v>46902</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E160" s="5">
         <v>40</v>
       </c>
       <c r="F160" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G160" s="5" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="3" t="s">
-        <v>178</v>
+        <v>263</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C161" s="5">
-        <v>50235</v>
+        <v>47051</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="5">
         <v>40</v>
       </c>
       <c r="F161" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G161" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="3" t="s">
-        <v>263</v>
+        <v>178</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C162" s="5">
+        <v>50235</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E162" s="5">
+        <v>40</v>
+      </c>
+      <c r="F162" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G162" s="5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7">
+      <c r="A163" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B163" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="C163" s="5">
         <v>49208</v>
       </c>
-      <c r="D162" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G162" s="5" t="s">
+      <c r="D163" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E163" s="5">
+        <v>40</v>
+      </c>
+      <c r="F163" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G163" s="5" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="163" spans="1:7">
-[...4 lines deleted...]
-      <c r="G163" s="1"/>
+    <row r="164" spans="1:7">
+      <c r="A164" s="2"/>
+      <c r="C164" s="1"/>
+      <c r="E164" s="1"/>
+      <c r="F164" s="1"/>
+      <c r="G164" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">