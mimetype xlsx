--- v2 (2026-01-18)
+++ v3 (2026-03-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EB5AN</t>
   </si>
   <si>
     <t>111 Referencias DVGE - 158 QSO encontrados - 99 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3394 (18-01-2026 18:25)</t>
+    <t>Ranking #3394 (08-03-2026 04:12)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5AER/P</t>
   </si>