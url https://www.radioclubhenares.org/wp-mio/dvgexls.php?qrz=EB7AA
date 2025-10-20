--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EB7AA</t>
   </si>
   <si>
     <t>103 Referencias DVGE - 107 QSO encontrados - 102 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3450 (20-10-2025 08:44)</t>
+    <t>Ranking #3450 (20-10-2025 16:25)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5XY</t>
   </si>