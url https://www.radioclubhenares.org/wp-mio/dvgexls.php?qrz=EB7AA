--- v1 (2025-10-20)
+++ v2 (2025-12-06)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EB7AA</t>
   </si>
   <si>
     <t>103 Referencias DVGE - 107 QSO encontrados - 102 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #3450 (20-10-2025 16:25)</t>
+    <t>Ranking #3450 (06-12-2025 16:28)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5XY</t>
   </si>