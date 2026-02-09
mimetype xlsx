--- v2 (2025-12-06)
+++ v3 (2026-02-09)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="301">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EB7AA</t>
   </si>
   <si>
-    <t>103 Referencias DVGE - 107 QSO encontrados - 102 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #3450 (06-12-2025 16:28)</t>
+    <t>104 Referencias DVGE - 108 QSO encontrados - 103 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #3450 (09-02-2026 01:48)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5XY</t>
   </si>
@@ -324,50 +324,59 @@
     <t>VGBU-216</t>
   </si>
   <si>
     <t>09365</t>
   </si>
   <si>
     <t>11/07/2017</t>
   </si>
   <si>
     <t>EA7HMK</t>
   </si>
   <si>
     <t>VGCA-062</t>
   </si>
   <si>
     <t>23/04/2023</t>
   </si>
   <si>
     <t>EA7URA/P</t>
   </si>
   <si>
     <t>VGCA-141</t>
   </si>
   <si>
     <t>04/06/2017</t>
+  </si>
+  <si>
+    <t>EA7JCU/M</t>
+  </si>
+  <si>
+    <t>VGCC-093</t>
+  </si>
+  <si>
+    <t>07/12/2025</t>
   </si>
   <si>
     <t>EA9ABC</t>
   </si>
   <si>
     <t>VGCE-002</t>
   </si>
   <si>
     <t>11/02/2018</t>
   </si>
   <si>
     <t>EA5INS/P</t>
   </si>
   <si>
     <t>VGCS-034</t>
   </si>
   <si>
     <t>EA5WP/P</t>
   </si>
   <si>
     <t>VGCS-153</t>
   </si>
   <si>
     <t>07/05/2017</t>
   </si>
@@ -1363,51 +1372,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G113"/>
+  <dimension ref="A1:G114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -2056,1888 +2065,1911 @@
       </c>
       <c r="C32" s="5">
         <v>11035</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="5">
         <v>40</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>105</v>
       </c>
       <c r="C33" s="5">
-        <v>51001</v>
+        <v>10037</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="5">
         <v>40</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>108</v>
       </c>
       <c r="C34" s="5">
-        <v>12033</v>
+        <v>51001</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E34" s="5">
         <v>40</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G34" s="5" t="s">
-        <v>44</v>
+        <v>109</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C35" s="5">
-        <v>12140</v>
+        <v>12033</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E35" s="5">
         <v>40</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="5" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>113</v>
       </c>
       <c r="C36" s="5">
-        <v>16042</v>
+        <v>12140</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="5">
         <v>40</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C37" s="5">
         <v>16042</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="5">
         <v>40</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G37" s="5" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="3" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C38" s="5">
-        <v>16204</v>
+        <v>16042</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="5">
         <v>40</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="5" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>120</v>
       </c>
       <c r="C39" s="5">
-        <v>35006</v>
+        <v>16204</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C40" s="5">
         <v>35006</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="5">
         <v>20</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G40" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C41" s="5">
-        <v>35011</v>
+        <v>35006</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="5">
         <v>20</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C42" s="5">
-        <v>35033</v>
+        <v>35011</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="5">
         <v>20</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>131</v>
       </c>
       <c r="C43" s="5">
-        <v>17004</v>
+        <v>35033</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="5" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>134</v>
       </c>
       <c r="C44" s="5">
-        <v>18017</v>
+        <v>17004</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="5">
         <v>40</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G44" s="5" t="s">
-        <v>103</v>
+        <v>135</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C45" s="5">
-        <v>18094</v>
+        <v>18017</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="5">
         <v>40</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G45" s="5" t="s">
-        <v>137</v>
+        <v>103</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="3" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C46" s="5">
-        <v>18180</v>
+        <v>18094</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="5">
         <v>40</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G46" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>141</v>
       </c>
       <c r="C47" s="5">
-        <v>19032</v>
+        <v>18180</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="5">
         <v>40</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G47" s="5" t="s">
-        <v>100</v>
+        <v>142</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C48" s="5">
-        <v>19044</v>
+        <v>19032</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="5">
         <v>40</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G48" s="5" t="s">
-        <v>144</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>146</v>
       </c>
       <c r="C49" s="5">
-        <v>19326</v>
+        <v>19044</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="5">
         <v>40</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>149</v>
       </c>
       <c r="C50" s="5">
-        <v>22014</v>
+        <v>19326</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="5">
         <v>40</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="3" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C51" s="5">
-        <v>22116</v>
+        <v>22014</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="5">
         <v>40</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="3" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C52" s="5">
-        <v>22905</v>
+        <v>22116</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="5">
         <v>40</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G52" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="3" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>156</v>
       </c>
-      <c r="C53" s="5" t="s">
+      <c r="C53" s="5">
+        <v>22905</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="5">
+        <v>40</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" s="5" t="s">
         <v>157</v>
-      </c>
-[...10 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B54" s="4" t="s">
         <v>159</v>
       </c>
-      <c r="B54" s="4" t="s">
+      <c r="C54" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="C54" s="5" t="s">
+      <c r="D54" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="5">
+        <v>20</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" s="5" t="s">
         <v>161</v>
-      </c>
-[...10 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>163</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>164</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="5">
         <v>40</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>166</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>167</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="5">
         <v>40</v>
       </c>
       <c r="F56" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>168</v>
+        <v>59</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B57" s="4" t="s">
         <v>169</v>
       </c>
-      <c r="B57" s="4" t="s">
+      <c r="C57" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="C57" s="5" t="s">
+      <c r="D57" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="5">
+        <v>40</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" s="5" t="s">
         <v>171</v>
-      </c>
-[...10 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B58" s="4" t="s">
         <v>173</v>
       </c>
-      <c r="C58" s="5">
-        <v>23019</v>
+      <c r="C58" s="5" t="s">
+        <v>174</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E58" s="5">
         <v>40</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>174</v>
+        <v>147</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C59" s="5">
-        <v>23070</v>
+        <v>23019</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E59" s="5">
         <v>40</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G59" s="5" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="3" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B60" s="4" t="s">
         <v>178</v>
       </c>
       <c r="C60" s="5">
-        <v>25021</v>
+        <v>23070</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E60" s="5">
         <v>40</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>181</v>
       </c>
       <c r="C61" s="5">
-        <v>25124</v>
+        <v>25021</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="5">
         <v>40</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>154</v>
+        <v>182</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C62" s="5">
-        <v>27015</v>
+        <v>25124</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="5">
         <v>40</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>184</v>
+        <v>157</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>186</v>
       </c>
       <c r="C63" s="5">
-        <v>28048</v>
+        <v>27015</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E63" s="5">
         <v>40</v>
       </c>
       <c r="F63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G63" s="5" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>189</v>
       </c>
       <c r="C64" s="5">
-        <v>28065</v>
+        <v>28048</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>35</v>
       </c>
       <c r="E64" s="5">
         <v>40</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>36</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C65" s="5">
-        <v>28068</v>
+        <v>28065</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E65" s="5">
         <v>40</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>144</v>
+        <v>36</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="3" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C66" s="5">
-        <v>28079</v>
+        <v>28068</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="5">
         <v>40</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>103</v>
+        <v>147</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C67" s="5">
-        <v>28106</v>
+        <v>28079</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="5">
         <v>40</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C68" s="5">
-        <v>28113</v>
+        <v>28106</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="5">
         <v>40</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>197</v>
+        <v>103</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>199</v>
       </c>
       <c r="C69" s="5">
-        <v>28162</v>
+        <v>28113</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E69" s="5">
         <v>40</v>
       </c>
       <c r="F69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G69" s="5" t="s">
-        <v>179</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C70" s="5">
-        <v>28165</v>
+        <v>28162</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>35</v>
       </c>
       <c r="E70" s="5">
         <v>40</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>202</v>
+        <v>182</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>204</v>
       </c>
       <c r="C71" s="5">
-        <v>29075</v>
+        <v>28165</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E71" s="5">
         <v>40</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="5" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>207</v>
       </c>
       <c r="C72" s="5">
-        <v>30013</v>
+        <v>29075</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="5">
         <v>40</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>20</v>
+        <v>208</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C73" s="5">
-        <v>30017</v>
+        <v>30013</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="5">
         <v>40</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G73" s="5" t="s">
-        <v>103</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="3" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C74" s="5">
-        <v>30043</v>
+        <v>30017</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="5">
         <v>40</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G74" s="5" t="s">
-        <v>211</v>
+        <v>103</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="3" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>213</v>
       </c>
       <c r="C75" s="5">
-        <v>33076</v>
+        <v>30043</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E75" s="5">
         <v>40</v>
       </c>
       <c r="F75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G75" s="5" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B76" s="4" t="s">
         <v>216</v>
       </c>
       <c r="C76" s="5">
-        <v>32001</v>
+        <v>33076</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E76" s="5">
         <v>40</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="5" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>219</v>
       </c>
       <c r="C77" s="5">
-        <v>36013</v>
+        <v>32001</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="5">
         <v>40</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="5" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>222</v>
       </c>
       <c r="C78" s="5">
-        <v>36025</v>
+        <v>36013</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="5">
         <v>40</v>
       </c>
       <c r="F78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G78" s="5" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B79" s="4" t="s">
         <v>225</v>
       </c>
       <c r="C79" s="5">
-        <v>39080</v>
+        <v>36025</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="5">
         <v>40</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="5" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="3" t="s">
-        <v>11</v>
+        <v>227</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C80" s="5">
-        <v>37330</v>
+        <v>39080</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="5">
         <v>40</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="3" t="s">
-        <v>229</v>
+        <v>11</v>
       </c>
       <c r="B81" s="4" t="s">
         <v>230</v>
       </c>
       <c r="C81" s="5">
-        <v>37346</v>
+        <v>37330</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="5">
         <v>40</v>
       </c>
       <c r="F81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>139</v>
+        <v>231</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C82" s="5">
-        <v>41039</v>
+        <v>37346</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E82" s="5">
         <v>40</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>233</v>
+        <v>142</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="3" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C83" s="5">
-        <v>40009</v>
+        <v>41039</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E83" s="5">
         <v>40</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C84" s="5">
-        <v>40063</v>
+        <v>40009</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="5">
         <v>40</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C85" s="5">
-        <v>40109</v>
+        <v>40063</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="5">
         <v>40</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>66</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C86" s="5">
-        <v>40170</v>
+        <v>40109</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="5">
         <v>40</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="5" t="s">
-        <v>240</v>
+        <v>66</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="3" t="s">
-        <v>241</v>
+        <v>80</v>
       </c>
       <c r="B87" s="4" t="s">
         <v>242</v>
       </c>
       <c r="C87" s="5">
-        <v>42020</v>
+        <v>40170</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E87" s="5">
         <v>40</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="5" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="3" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C88" s="5">
         <v>42020</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E88" s="5">
         <v>40</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G88" s="5" t="s">
-        <v>118</v>
+        <v>246</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="3" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C89" s="5">
         <v>42020</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F89" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G89" s="5" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B90" s="4" t="s">
         <v>245</v>
       </c>
       <c r="C90" s="5">
-        <v>43013</v>
+        <v>42020</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>246</v>
+        <v>121</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="3" t="s">
-        <v>180</v>
+        <v>247</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C91" s="5">
-        <v>43046</v>
+        <v>43013</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="5">
         <v>40</v>
       </c>
       <c r="F91" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="3" t="s">
-        <v>249</v>
+        <v>183</v>
       </c>
       <c r="B92" s="4" t="s">
         <v>250</v>
       </c>
       <c r="C92" s="5">
-        <v>44050</v>
+        <v>43046</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="5">
         <v>40</v>
       </c>
       <c r="F92" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="5" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B93" s="4" t="s">
         <v>253</v>
       </c>
       <c r="C93" s="5">
-        <v>46070</v>
+        <v>44050</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="5">
         <v>40</v>
       </c>
       <c r="F93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="5" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="3" t="s">
-        <v>11</v>
+        <v>255</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C94" s="5">
-        <v>46093</v>
+        <v>46070</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="5">
         <v>40</v>
       </c>
       <c r="F94" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="3" t="s">
-        <v>112</v>
+        <v>11</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C95" s="5">
-        <v>46118</v>
+        <v>46093</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="5">
         <v>40</v>
       </c>
       <c r="F95" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G95" s="5" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="3" t="s">
-        <v>259</v>
+        <v>115</v>
       </c>
       <c r="B96" s="4" t="s">
         <v>260</v>
       </c>
       <c r="C96" s="5">
-        <v>46136</v>
+        <v>46118</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="5">
         <v>40</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>103</v>
+        <v>261</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C97" s="5">
-        <v>46202</v>
+        <v>46136</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="5">
         <v>40</v>
       </c>
       <c r="F97" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G97" s="5" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C98" s="5">
-        <v>46238</v>
+        <v>46202</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E98" s="5">
         <v>40</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G98" s="5" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C99" s="5">
-        <v>46259</v>
+        <v>46238</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E99" s="5">
         <v>40</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G99" s="5" t="s">
-        <v>267</v>
+        <v>59</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B100" s="4" t="s">
         <v>269</v>
       </c>
       <c r="C100" s="5">
-        <v>46146</v>
+        <v>46259</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="5">
         <v>40</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G100" s="5" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="3" t="s">
-        <v>80</v>
+        <v>271</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C101" s="5">
-        <v>47054</v>
+        <v>46146</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="5">
         <v>40</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="3" t="s">
-        <v>273</v>
+        <v>80</v>
       </c>
       <c r="B102" s="4" t="s">
         <v>274</v>
       </c>
       <c r="C102" s="5">
-        <v>47127</v>
+        <v>47054</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="5">
         <v>40</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G102" s="5" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="3" t="s">
-        <v>249</v>
+        <v>276</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C103" s="5">
-        <v>50017</v>
+        <v>47127</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="5">
         <v>40</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G103" s="5" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C104" s="5">
-        <v>50086</v>
+        <v>50017</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="5">
         <v>40</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C105" s="5">
-        <v>50182</v>
+        <v>50086</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="5">
         <v>40</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>152</v>
+        <v>282</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="3" t="s">
-        <v>148</v>
+        <v>252</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C106" s="5">
-        <v>50251</v>
+        <v>50182</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="5">
         <v>40</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>282</v>
+        <v>155</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="3" t="s">
-        <v>283</v>
+        <v>151</v>
       </c>
       <c r="B107" s="4" t="s">
         <v>284</v>
       </c>
       <c r="C107" s="5">
-        <v>50297</v>
+        <v>50251</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="5">
         <v>40</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>103</v>
+        <v>285</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C108" s="5">
-        <v>49010</v>
+        <v>50297</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="5">
         <v>40</v>
       </c>
       <c r="F108" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C109" s="5">
-        <v>49071</v>
+        <v>49010</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="5">
         <v>40</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G109" s="5" t="s">
-        <v>289</v>
+        <v>59</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B110" s="4" t="s">
         <v>291</v>
       </c>
       <c r="C110" s="5">
-        <v>49102</v>
+        <v>49071</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="5">
         <v>40</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G110" s="5" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="3" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C111" s="5">
-        <v>49180</v>
+        <v>49102</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="5">
         <v>40</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="3" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="B112" s="4" t="s">
         <v>296</v>
       </c>
       <c r="C112" s="5">
-        <v>49251</v>
+        <v>49180</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="5">
         <v>40</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G112" s="5" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="113" spans="1:7">
-      <c r="A113" s="2"/>
-[...3 lines deleted...]
-      <c r="G113" s="1"/>
+      <c r="A113" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B113" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C113" s="5">
+        <v>49251</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="5">
+        <v>40</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G113" s="5" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7">
+      <c r="A114" s="2"/>
+      <c r="C114" s="1"/>
+      <c r="E114" s="1"/>
+      <c r="F114" s="1"/>
+      <c r="G114" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">