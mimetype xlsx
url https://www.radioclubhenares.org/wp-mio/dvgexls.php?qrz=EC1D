--- v0 (2025-10-15)
+++ v1 (2025-12-03)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="991">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="993">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EC1D</t>
   </si>
   <si>
-    <t>423 Referencias DVGE - 467 QSO encontrados - 382 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1658 (15-10-2025 14:11)</t>
+    <t>424 Referencias DVGE - 468 QSO encontrados - 382 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1658 (03-12-2025 16:00)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>
@@ -2699,93 +2699,99 @@
   <si>
     <t>EA8DFB/P</t>
   </si>
   <si>
     <t>VGTF-124</t>
   </si>
   <si>
     <t>29/12/2018</t>
   </si>
   <si>
     <t>VGV-029</t>
   </si>
   <si>
     <t>VGV-036</t>
   </si>
   <si>
     <t>EA5RKE</t>
   </si>
   <si>
     <t>VGV-041</t>
   </si>
   <si>
     <t>VGV-072</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>EA5RKE/P</t>
   </si>
   <si>
     <t>VGV-083</t>
   </si>
   <si>
     <t>EA5EBD</t>
   </si>
   <si>
     <t>VGV-089</t>
   </si>
   <si>
     <t>VGV-097</t>
   </si>
   <si>
     <t>17/12/2017</t>
   </si>
   <si>
     <t>VGV-098</t>
   </si>
   <si>
     <t>01/12/2019</t>
   </si>
   <si>
     <t>VGV-099</t>
   </si>
   <si>
     <t>03/07/2021</t>
   </si>
   <si>
     <t>VGV-100</t>
   </si>
   <si>
     <t>EA5URT</t>
   </si>
   <si>
     <t>VGV-110</t>
   </si>
   <si>
     <t>VGV-119</t>
-  </si>
-[...1 lines deleted...]
-    <t>EA5URY/P</t>
   </si>
   <si>
     <t>VGV-124</t>
   </si>
   <si>
     <t>VGV-128</t>
   </si>
   <si>
     <t>VGV-132</t>
   </si>
   <si>
     <t>VGV-140</t>
   </si>
   <si>
     <t>19/06/2021</t>
   </si>
   <si>
     <t>EA5HUS/P</t>
   </si>
   <si>
     <t>VGV-141</t>
   </si>
   <si>
     <t>30/08/2016</t>
   </si>
@@ -3442,51 +3448,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G473"/>
+  <dimension ref="A1:G474"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -13013,1290 +13019,1313 @@
       </c>
       <c r="C418" s="5">
         <v>46111</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E418" s="5">
         <v>40</v>
       </c>
       <c r="F418" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G418" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" s="3" t="s">
         <v>895</v>
       </c>
       <c r="B419" s="4" t="s">
         <v>896</v>
       </c>
       <c r="C419" s="5">
-        <v>46098</v>
+        <v>46111</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E419" s="5">
         <v>40</v>
       </c>
       <c r="F419" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G419" s="5" t="s">
-        <v>798</v>
+        <v>897</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" s="3" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B420" s="4" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C420" s="5">
-        <v>46105</v>
+        <v>46098</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E420" s="5">
         <v>40</v>
       </c>
       <c r="F420" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G420" s="5" t="s">
-        <v>41</v>
+        <v>798</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" s="3" t="s">
-        <v>638</v>
+        <v>900</v>
       </c>
       <c r="B421" s="4" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C421" s="5">
-        <v>46118</v>
+        <v>46105</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E421" s="5">
         <v>40</v>
       </c>
       <c r="F421" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G421" s="5" t="s">
-        <v>900</v>
+        <v>41</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" s="3" t="s">
-        <v>895</v>
+        <v>638</v>
       </c>
       <c r="B422" s="4" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="C422" s="5">
         <v>46118</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E422" s="5">
         <v>40</v>
       </c>
       <c r="F422" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G422" s="5" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" s="3" t="s">
-        <v>35</v>
+        <v>898</v>
       </c>
       <c r="B423" s="4" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C423" s="5">
-        <v>46124</v>
+        <v>46118</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E423" s="5">
         <v>40</v>
       </c>
       <c r="F423" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G423" s="5" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" s="3" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="B424" s="4" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C424" s="5">
-        <v>46128</v>
+        <v>46124</v>
       </c>
       <c r="D424" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E424" s="5">
         <v>40</v>
       </c>
       <c r="F424" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G424" s="5" t="s">
-        <v>683</v>
+        <v>907</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" s="3" t="s">
-        <v>906</v>
+        <v>25</v>
       </c>
       <c r="B425" s="4" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C425" s="5">
-        <v>46136</v>
+        <v>46128</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E425" s="5">
         <v>40</v>
       </c>
       <c r="F425" s="5" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
       <c r="G425" s="5" t="s">
-        <v>41</v>
+        <v>683</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" s="3" t="s">
-        <v>384</v>
+        <v>909</v>
       </c>
       <c r="B426" s="4" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C426" s="5">
-        <v>46156</v>
+        <v>46136</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E426" s="5">
         <v>40</v>
       </c>
       <c r="F426" s="5" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="G426" s="5" t="s">
-        <v>226</v>
+        <v>41</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" s="3" t="s">
-        <v>909</v>
+        <v>384</v>
       </c>
       <c r="B427" s="4" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C427" s="5">
-        <v>46167</v>
+        <v>46156</v>
       </c>
       <c r="D427" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E427" s="5">
         <v>40</v>
       </c>
       <c r="F427" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G427" s="5" t="s">
-        <v>827</v>
+        <v>226</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" s="3" t="s">
         <v>895</v>
       </c>
       <c r="B428" s="4" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C428" s="5">
-        <v>46170</v>
+        <v>46167</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E428" s="5">
         <v>40</v>
       </c>
       <c r="F428" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G428" s="5" t="s">
-        <v>723</v>
+        <v>827</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" s="3" t="s">
-        <v>638</v>
+        <v>898</v>
       </c>
       <c r="B429" s="4" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C429" s="5">
-        <v>46172</v>
+        <v>46170</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E429" s="5">
         <v>40</v>
       </c>
       <c r="F429" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G429" s="5" t="s">
-        <v>746</v>
+        <v>723</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" s="3" t="s">
-        <v>35</v>
+        <v>638</v>
       </c>
       <c r="B430" s="4" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C430" s="5">
-        <v>46184</v>
+        <v>46172</v>
       </c>
       <c r="D430" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E430" s="5">
         <v>40</v>
       </c>
       <c r="F430" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G430" s="5" t="s">
-        <v>914</v>
+        <v>746</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B431" s="4" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
       <c r="C431" s="5">
         <v>46184</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E431" s="5">
         <v>40</v>
       </c>
       <c r="F431" s="5" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
       <c r="G431" s="5" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" s="3" t="s">
-        <v>35</v>
+        <v>917</v>
       </c>
       <c r="B432" s="4" t="s">
         <v>918</v>
       </c>
       <c r="C432" s="5">
         <v>46184</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E432" s="5">
         <v>40</v>
       </c>
       <c r="F432" s="5" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="G432" s="5" t="s">
-        <v>419</v>
+        <v>919</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" s="3" t="s">
-        <v>638</v>
+        <v>35</v>
       </c>
       <c r="B433" s="4" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C433" s="5">
-        <v>46190</v>
+        <v>46184</v>
       </c>
       <c r="D433" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E433" s="5">
         <v>40</v>
       </c>
       <c r="F433" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G433" s="5" t="s">
-        <v>652</v>
+        <v>419</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" s="3" t="s">
-        <v>920</v>
+        <v>638</v>
       </c>
       <c r="B434" s="4" t="s">
         <v>921</v>
       </c>
       <c r="C434" s="5">
-        <v>46202</v>
+        <v>46190</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E434" s="5">
         <v>40</v>
       </c>
       <c r="F434" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G434" s="5" t="s">
-        <v>41</v>
+        <v>652</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" s="3" t="s">
-        <v>638</v>
+        <v>922</v>
       </c>
       <c r="B435" s="4" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C435" s="5">
-        <v>46213</v>
+        <v>46202</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E435" s="5">
         <v>40</v>
       </c>
       <c r="F435" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G435" s="5" t="s">
-        <v>483</v>
+        <v>41</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" s="3" t="s">
-        <v>923</v>
+        <v>638</v>
       </c>
       <c r="B436" s="4" t="s">
         <v>924</v>
       </c>
       <c r="C436" s="5">
-        <v>46238</v>
+        <v>46213</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E436" s="5">
         <v>40</v>
       </c>
       <c r="F436" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G436" s="5" t="s">
-        <v>925</v>
+        <v>483</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" s="3" t="s">
-        <v>638</v>
+        <v>925</v>
       </c>
       <c r="B437" s="4" t="s">
         <v>926</v>
       </c>
       <c r="C437" s="5">
-        <v>46249</v>
+        <v>46238</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E437" s="5">
         <v>40</v>
       </c>
       <c r="F437" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G437" s="5" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" s="3" t="s">
         <v>638</v>
       </c>
       <c r="B438" s="4" t="s">
         <v>928</v>
       </c>
       <c r="C438" s="5">
-        <v>46256</v>
+        <v>46249</v>
       </c>
       <c r="D438" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E438" s="5">
         <v>40</v>
       </c>
       <c r="F438" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G438" s="5" t="s">
-        <v>374</v>
+        <v>929</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" s="3" t="s">
-        <v>906</v>
+        <v>638</v>
       </c>
       <c r="B439" s="4" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C439" s="5">
         <v>46256</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E439" s="5">
         <v>40</v>
       </c>
       <c r="F439" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G439" s="5" t="s">
-        <v>568</v>
+        <v>374</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" s="3" t="s">
-        <v>638</v>
+        <v>909</v>
       </c>
       <c r="B440" s="4" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C440" s="5">
-        <v>46262</v>
+        <v>46256</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E440" s="5">
         <v>40</v>
       </c>
       <c r="F440" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G440" s="5" t="s">
-        <v>194</v>
+        <v>568</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" s="3" t="s">
-        <v>931</v>
+        <v>638</v>
       </c>
       <c r="B441" s="4" t="s">
         <v>932</v>
       </c>
       <c r="C441" s="5">
-        <v>47004</v>
+        <v>46262</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E441" s="5">
         <v>40</v>
       </c>
       <c r="F441" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G441" s="5" t="s">
-        <v>933</v>
+        <v>194</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" s="3" t="s">
+        <v>933</v>
+      </c>
+      <c r="B442" s="4" t="s">
         <v>934</v>
       </c>
-      <c r="B442" s="4" t="s">
+      <c r="C442" s="5">
+        <v>47004</v>
+      </c>
+      <c r="D442" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E442" s="5">
+        <v>40</v>
+      </c>
+      <c r="F442" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G442" s="5" t="s">
         <v>935</v>
-      </c>
-[...13 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" s="3" t="s">
-        <v>241</v>
+        <v>936</v>
       </c>
       <c r="B443" s="4" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C443" s="5">
-        <v>47181</v>
+        <v>47144</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E443" s="5">
         <v>40</v>
       </c>
       <c r="F443" s="5" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
       <c r="G443" s="5" t="s">
-        <v>937</v>
+        <v>451</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" s="3" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
       <c r="B444" s="4" t="s">
         <v>938</v>
       </c>
       <c r="C444" s="5">
-        <v>47194</v>
+        <v>47181</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E444" s="5">
         <v>40</v>
       </c>
       <c r="F444" s="5" t="s">
-        <v>257</v>
+        <v>119</v>
       </c>
       <c r="G444" s="5" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" s="3" t="s">
-        <v>147</v>
+        <v>251</v>
       </c>
       <c r="B445" s="4" t="s">
         <v>940</v>
       </c>
-      <c r="C445" s="5" t="s">
+      <c r="C445" s="5">
+        <v>47194</v>
+      </c>
+      <c r="D445" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E445" s="5">
+        <v>40</v>
+      </c>
+      <c r="F445" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="G445" s="5" t="s">
         <v>941</v>
-      </c>
-[...10 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B446" s="4" t="s">
         <v>942</v>
       </c>
-      <c r="B446" s="4" t="s">
+      <c r="C446" s="5" t="s">
         <v>943</v>
       </c>
-      <c r="C446" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D446" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E446" s="5">
         <v>40</v>
       </c>
       <c r="F446" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G446" s="5" t="s">
-        <v>945</v>
+        <v>274</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" s="3" t="s">
-        <v>233</v>
+        <v>944</v>
       </c>
       <c r="B447" s="4" t="s">
+        <v>945</v>
+      </c>
+      <c r="C447" s="5" t="s">
         <v>946</v>
       </c>
-      <c r="C447" s="5" t="s">
+      <c r="D447" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E447" s="5">
+        <v>40</v>
+      </c>
+      <c r="F447" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G447" s="5" t="s">
         <v>947</v>
-      </c>
-[...10 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B448" s="4" t="s">
         <v>948</v>
       </c>
-      <c r="B448" s="4" t="s">
+      <c r="C448" s="5" t="s">
         <v>949</v>
       </c>
-      <c r="C448" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D448" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E448" s="5">
         <v>40</v>
       </c>
       <c r="F448" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G448" s="5" t="s">
-        <v>73</v>
+        <v>287</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" s="3" t="s">
-        <v>233</v>
+        <v>950</v>
       </c>
       <c r="B449" s="4" t="s">
         <v>951</v>
       </c>
       <c r="C449" s="5" t="s">
         <v>952</v>
       </c>
       <c r="D449" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E449" s="5">
         <v>40</v>
       </c>
       <c r="F449" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G449" s="5" t="s">
-        <v>953</v>
+        <v>73</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B450" s="4" t="s">
+        <v>953</v>
+      </c>
+      <c r="C450" s="5" t="s">
         <v>954</v>
       </c>
-      <c r="B450" s="4" t="s">
+      <c r="D450" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E450" s="5">
+        <v>40</v>
+      </c>
+      <c r="F450" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G450" s="5" t="s">
         <v>955</v>
-      </c>
-[...13 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" s="3" t="s">
-        <v>479</v>
+        <v>956</v>
       </c>
       <c r="B451" s="4" t="s">
         <v>957</v>
       </c>
       <c r="C451" s="5">
-        <v>50045</v>
+        <v>50018</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E451" s="5">
         <v>40</v>
       </c>
       <c r="F451" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G451" s="5" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" s="3" t="s">
-        <v>839</v>
+        <v>479</v>
       </c>
       <c r="B452" s="4" t="s">
         <v>959</v>
       </c>
       <c r="C452" s="5">
-        <v>50065</v>
+        <v>50045</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E452" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F452" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G452" s="5" t="s">
         <v>960</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" s="3" t="s">
-        <v>469</v>
+        <v>839</v>
       </c>
       <c r="B453" s="4" t="s">
         <v>961</v>
       </c>
       <c r="C453" s="5">
-        <v>50137</v>
+        <v>50065</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E453" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F453" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G453" s="5" t="s">
-        <v>298</v>
+        <v>962</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" s="3" t="s">
-        <v>78</v>
+        <v>469</v>
       </c>
       <c r="B454" s="4" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C454" s="5">
-        <v>50143</v>
+        <v>50137</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E454" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F454" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G454" s="5" t="s">
-        <v>554</v>
+        <v>298</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" s="3" t="s">
-        <v>469</v>
+        <v>78</v>
       </c>
       <c r="B455" s="4" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C455" s="5">
-        <v>50163</v>
+        <v>50143</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E455" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F455" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G455" s="5" t="s">
-        <v>964</v>
+        <v>554</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" s="3" t="s">
-        <v>78</v>
+        <v>469</v>
       </c>
       <c r="B456" s="4" t="s">
         <v>965</v>
       </c>
       <c r="C456" s="5">
-        <v>50169</v>
+        <v>50163</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E456" s="5">
         <v>40</v>
       </c>
       <c r="F456" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G456" s="5" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" s="3" t="s">
-        <v>147</v>
+        <v>78</v>
       </c>
       <c r="B457" s="4" t="s">
         <v>967</v>
       </c>
       <c r="C457" s="5">
-        <v>50170</v>
+        <v>50169</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E457" s="5">
         <v>40</v>
       </c>
       <c r="F457" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G457" s="5" t="s">
-        <v>542</v>
+        <v>968</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" s="3" t="s">
-        <v>78</v>
+        <v>147</v>
       </c>
       <c r="B458" s="4" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C458" s="5">
-        <v>50182</v>
+        <v>50170</v>
       </c>
       <c r="D458" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E458" s="5">
         <v>40</v>
       </c>
       <c r="F458" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G458" s="5" t="s">
-        <v>430</v>
+        <v>542</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B459" s="4" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C459" s="5">
-        <v>50200</v>
+        <v>50182</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E459" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F459" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G459" s="5" t="s">
-        <v>290</v>
+        <v>430</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" s="3" t="s">
-        <v>147</v>
+        <v>78</v>
       </c>
       <c r="B460" s="4" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C460" s="5">
-        <v>50240</v>
+        <v>50200</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E460" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F460" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G460" s="5" t="s">
-        <v>971</v>
+        <v>290</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" s="3" t="s">
-        <v>469</v>
+        <v>147</v>
       </c>
       <c r="B461" s="4" t="s">
         <v>972</v>
       </c>
       <c r="C461" s="5">
-        <v>50244</v>
+        <v>50240</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E461" s="5">
         <v>40</v>
       </c>
       <c r="F461" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G461" s="5" t="s">
-        <v>817</v>
+        <v>973</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" s="3" t="s">
-        <v>147</v>
+        <v>469</v>
       </c>
       <c r="B462" s="4" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="C462" s="5">
-        <v>50288</v>
+        <v>50244</v>
       </c>
       <c r="D462" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E462" s="5">
         <v>40</v>
       </c>
       <c r="F462" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G462" s="5" t="s">
-        <v>28</v>
+        <v>817</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" s="3" t="s">
-        <v>469</v>
+        <v>147</v>
       </c>
       <c r="B463" s="4" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C463" s="5">
-        <v>50297</v>
+        <v>50288</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E463" s="5">
         <v>40</v>
       </c>
       <c r="F463" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G463" s="5" t="s">
-        <v>182</v>
+        <v>28</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" s="3" t="s">
-        <v>712</v>
+        <v>469</v>
       </c>
       <c r="B464" s="4" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C464" s="5">
         <v>50297</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E464" s="5">
         <v>40</v>
       </c>
       <c r="F464" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G464" s="5" t="s">
-        <v>41</v>
+        <v>182</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" s="3" t="s">
-        <v>78</v>
+        <v>712</v>
       </c>
       <c r="B465" s="4" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C465" s="5">
         <v>50297</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E465" s="5">
         <v>40</v>
       </c>
       <c r="F465" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G465" s="5" t="s">
-        <v>977</v>
+        <v>41</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" s="3" t="s">
-        <v>469</v>
+        <v>78</v>
       </c>
       <c r="B466" s="4" t="s">
         <v>978</v>
       </c>
       <c r="C466" s="5">
-        <v>50298</v>
+        <v>50297</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E466" s="5">
         <v>40</v>
       </c>
       <c r="F466" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G466" s="5" t="s">
-        <v>150</v>
+        <v>979</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" s="3" t="s">
-        <v>712</v>
+        <v>469</v>
       </c>
       <c r="B467" s="4" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C467" s="5">
-        <v>49071</v>
+        <v>50298</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E467" s="5">
         <v>40</v>
       </c>
       <c r="F467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G467" s="5" t="s">
-        <v>422</v>
+        <v>150</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3" t="s">
-        <v>980</v>
+        <v>712</v>
       </c>
       <c r="B468" s="4" t="s">
         <v>981</v>
       </c>
       <c r="C468" s="5">
-        <v>49115</v>
+        <v>49071</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E468" s="5">
         <v>40</v>
       </c>
       <c r="F468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G468" s="5" t="s">
-        <v>982</v>
+        <v>422</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3" t="s">
+        <v>982</v>
+      </c>
+      <c r="B469" s="4" t="s">
         <v>983</v>
       </c>
-      <c r="B469" s="4" t="s">
+      <c r="C469" s="5">
+        <v>49115</v>
+      </c>
+      <c r="D469" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E469" s="5">
+        <v>40</v>
+      </c>
+      <c r="F469" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G469" s="5" t="s">
         <v>984</v>
-      </c>
-[...13 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3" t="s">
         <v>985</v>
       </c>
       <c r="B470" s="4" t="s">
         <v>986</v>
       </c>
       <c r="C470" s="5">
-        <v>49240</v>
+        <v>49162</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E470" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F470" s="5" t="s">
-        <v>987</v>
+        <v>15</v>
       </c>
       <c r="G470" s="5" t="s">
-        <v>988</v>
+        <v>960</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="B471" s="4" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="C471" s="5">
         <v>49240</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E471" s="5">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F471" s="5" t="s">
-        <v>15</v>
+        <v>989</v>
       </c>
       <c r="G471" s="5" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3" t="s">
-        <v>980</v>
+        <v>987</v>
       </c>
       <c r="B472" s="4" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C472" s="5">
-        <v>49251</v>
+        <v>49240</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E472" s="5">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F472" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G472" s="5" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="473" spans="1:7">
-      <c r="A473" s="2"/>
-[...3 lines deleted...]
-      <c r="G473" s="1"/>
+      <c r="A473" s="3" t="s">
+        <v>982</v>
+      </c>
+      <c r="B473" s="4" t="s">
+        <v>991</v>
+      </c>
+      <c r="C473" s="5">
+        <v>49251</v>
+      </c>
+      <c r="D473" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E473" s="5">
+        <v>40</v>
+      </c>
+      <c r="F473" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G473" s="5" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="474" spans="1:7">
+      <c r="A474" s="2"/>
+      <c r="C474" s="1"/>
+      <c r="E474" s="1"/>
+      <c r="F474" s="1"/>
+      <c r="G474" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">