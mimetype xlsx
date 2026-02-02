--- v1 (2025-12-03)
+++ v2 (2026-02-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="993">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EC1D</t>
   </si>
   <si>
     <t>424 Referencias DVGE - 468 QSO encontrados - 382 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #1658 (03-12-2025 16:00)</t>
+    <t>Ranking #1658 (02-02-2026 07:49)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5HOP</t>
   </si>