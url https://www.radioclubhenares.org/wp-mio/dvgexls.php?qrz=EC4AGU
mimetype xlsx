--- v0 (2025-10-23)
+++ v1 (2025-12-19)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="658">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="661">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EC4AGU</t>
   </si>
   <si>
-    <t>263 Referencias DVGE - 272 QSO encontrados - 244 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #2176 (23-10-2025 10:32)</t>
+    <t>264 Referencias DVGE - 273 QSO encontrados - 245 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #2176 (19-12-2025 08:00)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>
@@ -1803,50 +1803,59 @@
     <t>15/01/2023</t>
   </si>
   <si>
     <t>VGV-053</t>
   </si>
   <si>
     <t>EA5HUS/P</t>
   </si>
   <si>
     <t>VGV-054</t>
   </si>
   <si>
     <t>VGV-100</t>
   </si>
   <si>
     <t>03/09/2022</t>
   </si>
   <si>
     <t>VGV-101</t>
   </si>
   <si>
     <t>24/06/2022</t>
   </si>
   <si>
     <t>VGV-119</t>
+  </si>
+  <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
   </si>
   <si>
     <t>EA5IIG/P</t>
   </si>
   <si>
     <t>VGV-154</t>
   </si>
   <si>
     <t>09/03/2008</t>
   </si>
   <si>
     <t>VGV-172</t>
   </si>
   <si>
     <t>12/02/2022</t>
   </si>
   <si>
     <t>VGV-175</t>
   </si>
   <si>
     <t>VGV-184</t>
   </si>
   <si>
     <t>24/11/2024</t>
   </si>
@@ -2443,51 +2452,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G278"/>
+  <dimension ref="A1:G279"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -7943,876 +7952,899 @@
       </c>
       <c r="C241" s="5">
         <v>46156</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="5">
         <v>40</v>
       </c>
       <c r="F241" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G241" s="5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="3" t="s">
         <v>597</v>
       </c>
       <c r="B242" s="4" t="s">
         <v>598</v>
       </c>
       <c r="C242" s="5">
-        <v>46197</v>
+        <v>46202</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="5">
         <v>40</v>
       </c>
       <c r="F242" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G242" s="5" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="3" t="s">
-        <v>582</v>
+        <v>600</v>
       </c>
       <c r="B243" s="4" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C243" s="5">
-        <v>46213</v>
+        <v>46197</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="5">
         <v>40</v>
       </c>
       <c r="F243" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G243" s="5" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="3" t="s">
         <v>582</v>
       </c>
       <c r="B244" s="4" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C244" s="5">
         <v>46213</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="5">
         <v>40</v>
       </c>
       <c r="F244" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G244" s="5" t="s">
-        <v>16</v>
+        <v>604</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="3" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="B245" s="4" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C245" s="5">
-        <v>46225</v>
+        <v>46213</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="5">
         <v>40</v>
       </c>
       <c r="F245" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G245" s="5" t="s">
-        <v>604</v>
+        <v>16</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="3" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="B246" s="4" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C246" s="5">
-        <v>46229</v>
+        <v>46225</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="5">
         <v>40</v>
       </c>
       <c r="F246" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G246" s="5" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="3" t="s">
-        <v>607</v>
+        <v>579</v>
       </c>
       <c r="B247" s="4" t="s">
         <v>608</v>
       </c>
       <c r="C247" s="5">
-        <v>46232</v>
+        <v>46229</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="5">
         <v>40</v>
       </c>
       <c r="F247" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G247" s="5" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="3" t="s">
-        <v>582</v>
+        <v>610</v>
       </c>
       <c r="B248" s="4" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C248" s="5">
-        <v>46246</v>
+        <v>46232</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="5">
         <v>40</v>
       </c>
       <c r="F248" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G248" s="5" t="s">
-        <v>221</v>
+        <v>612</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="3" t="s">
-        <v>80</v>
+        <v>582</v>
       </c>
       <c r="B249" s="4" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C249" s="5">
-        <v>46257</v>
+        <v>46246</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="5">
         <v>40</v>
       </c>
       <c r="F249" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G249" s="5" t="s">
-        <v>20</v>
+        <v>221</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="3" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="C250" s="5">
-        <v>46145</v>
+        <v>46257</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E250" s="5">
         <v>40</v>
       </c>
       <c r="F250" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G250" s="5" t="s">
-        <v>279</v>
+        <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="3" t="s">
-        <v>193</v>
+        <v>17</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C251" s="5">
-        <v>47217</v>
+        <v>46145</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="5">
         <v>40</v>
       </c>
       <c r="F251" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G251" s="5" t="s">
-        <v>177</v>
+        <v>279</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="3" t="s">
-        <v>232</v>
+        <v>193</v>
       </c>
       <c r="B252" s="4" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C252" s="5">
-        <v>47220</v>
+        <v>47217</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="5">
         <v>40</v>
       </c>
       <c r="F252" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G252" s="5" t="s">
-        <v>66</v>
+        <v>177</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="3" t="s">
-        <v>158</v>
+        <v>232</v>
       </c>
       <c r="B253" s="4" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>616</v>
+        <v>617</v>
+      </c>
+      <c r="C253" s="5">
+        <v>47220</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="5">
         <v>40</v>
       </c>
       <c r="F253" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G253" s="5" t="s">
-        <v>617</v>
+        <v>66</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B254" s="4" t="s">
         <v>618</v>
       </c>
-      <c r="B254" s="4" t="s">
+      <c r="C254" s="5" t="s">
         <v>619</v>
       </c>
-      <c r="C254" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="5">
         <v>40</v>
       </c>
       <c r="F254" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G254" s="5" t="s">
-        <v>310</v>
+        <v>620</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="3" t="s">
-        <v>158</v>
+        <v>621</v>
       </c>
       <c r="B255" s="4" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C255" s="5">
-        <v>50045</v>
+        <v>50023</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="5">
         <v>40</v>
       </c>
       <c r="F255" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G255" s="5" t="s">
-        <v>164</v>
+        <v>310</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="3" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="B256" s="4" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C256" s="5">
-        <v>50074</v>
+        <v>50045</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="5">
         <v>40</v>
       </c>
       <c r="F256" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G256" s="5" t="s">
-        <v>622</v>
+        <v>164</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="3" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="B257" s="4" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C257" s="5">
-        <v>50113</v>
+        <v>50074</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="5">
         <v>40</v>
       </c>
       <c r="F257" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G257" s="5" t="s">
-        <v>63</v>
+        <v>625</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C258" s="5">
-        <v>50118</v>
+        <v>50113</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="5">
         <v>40</v>
       </c>
       <c r="F258" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G258" s="5" t="s">
-        <v>625</v>
+        <v>63</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C259" s="5">
-        <v>50189</v>
+        <v>50118</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="5">
         <v>40</v>
       </c>
       <c r="F259" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G259" s="5" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B260" s="4" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C260" s="5">
-        <v>50244</v>
+        <v>50189</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="5">
         <v>40</v>
       </c>
       <c r="F260" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G260" s="5" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="3" t="s">
-        <v>232</v>
+        <v>158</v>
       </c>
       <c r="B261" s="4" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C261" s="5">
-        <v>49005</v>
+        <v>50244</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="5">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F261" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G261" s="5" t="s">
-        <v>63</v>
+        <v>632</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="3" t="s">
-        <v>631</v>
+        <v>232</v>
       </c>
       <c r="B262" s="4" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C262" s="5">
-        <v>49026</v>
+        <v>49005</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="5">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="F262" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G262" s="5" t="s">
-        <v>633</v>
+        <v>63</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="3" t="s">
-        <v>232</v>
+        <v>634</v>
       </c>
       <c r="B263" s="4" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C263" s="5">
-        <v>49071</v>
+        <v>49026</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="5">
         <v>40</v>
       </c>
       <c r="F263" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G263" s="5" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="3" t="s">
-        <v>636</v>
+        <v>232</v>
       </c>
       <c r="B264" s="4" t="s">
         <v>637</v>
       </c>
       <c r="C264" s="5">
         <v>49071</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="5">
         <v>40</v>
       </c>
       <c r="F264" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G264" s="5" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="3" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C265" s="5">
-        <v>49083</v>
+        <v>49071</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="5">
         <v>40</v>
       </c>
       <c r="F265" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G265" s="5" t="s">
-        <v>25</v>
+        <v>641</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B266" s="4" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C266" s="5">
-        <v>49108</v>
+        <v>49083</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="5">
         <v>40</v>
       </c>
       <c r="F266" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G266" s="5" t="s">
-        <v>641</v>
+        <v>25</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="3" t="s">
-        <v>232</v>
+        <v>634</v>
       </c>
       <c r="B267" s="4" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C267" s="5">
-        <v>49138</v>
+        <v>49108</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="5">
         <v>40</v>
       </c>
       <c r="F267" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G267" s="5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="3" t="s">
-        <v>631</v>
+        <v>232</v>
       </c>
       <c r="B268" s="4" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C268" s="5">
-        <v>49149</v>
+        <v>49138</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="5">
         <v>40</v>
       </c>
       <c r="F268" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G268" s="5" t="s">
-        <v>231</v>
+        <v>646</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B269" s="4" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C269" s="5">
-        <v>49153</v>
+        <v>49149</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="5">
         <v>40</v>
       </c>
       <c r="F269" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G269" s="5" t="s">
-        <v>646</v>
+        <v>231</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="3" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="B270" s="4" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C270" s="5">
-        <v>49179</v>
+        <v>49153</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="5">
         <v>40</v>
       </c>
       <c r="F270" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G270" s="5" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="3" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="B271" s="4" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C271" s="5">
-        <v>49186</v>
+        <v>49179</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="5">
         <v>40</v>
       </c>
       <c r="F271" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G271" s="5" t="s">
-        <v>79</v>
+        <v>651</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="3" t="s">
-        <v>232</v>
+        <v>634</v>
       </c>
       <c r="B272" s="4" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="C272" s="5">
-        <v>49197</v>
+        <v>49186</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E272" s="5">
         <v>40</v>
       </c>
       <c r="F272" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G272" s="5" t="s">
-        <v>274</v>
+        <v>79</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="3" t="s">
-        <v>631</v>
+        <v>232</v>
       </c>
       <c r="B273" s="4" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C273" s="5">
-        <v>49207</v>
+        <v>49197</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E273" s="5">
         <v>40</v>
       </c>
       <c r="F273" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G273" s="5" t="s">
-        <v>652</v>
+        <v>274</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B274" s="4" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C274" s="5">
-        <v>49219</v>
+        <v>49207</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="5">
         <v>40</v>
       </c>
       <c r="F274" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G274" s="5" t="s">
-        <v>274</v>
+        <v>655</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B275" s="4" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C275" s="5">
-        <v>49221</v>
+        <v>49219</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="5">
         <v>40</v>
       </c>
       <c r="F275" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G275" s="5" t="s">
-        <v>338</v>
+        <v>274</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="3" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="B276" s="4" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C276" s="5">
-        <v>49223</v>
+        <v>49221</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="5">
         <v>40</v>
       </c>
       <c r="F276" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G276" s="5" t="s">
-        <v>201</v>
+        <v>338</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="B277" s="4" t="s">
+        <v>658</v>
+      </c>
+      <c r="C277" s="5">
+        <v>49223</v>
+      </c>
+      <c r="D277" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E277" s="5">
+        <v>40</v>
+      </c>
+      <c r="F277" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G277" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7">
+      <c r="A278" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B277" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C277" s="5">
+      <c r="B278" s="4" t="s">
+        <v>659</v>
+      </c>
+      <c r="C278" s="5">
         <v>49228</v>
       </c>
-      <c r="D277" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G278" s="1"/>
+      <c r="D278" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E278" s="5">
+        <v>40</v>
+      </c>
+      <c r="F278" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G278" s="5" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7">
+      <c r="A279" s="2"/>
+      <c r="C279" s="1"/>
+      <c r="E279" s="1"/>
+      <c r="F279" s="1"/>
+      <c r="G279" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">