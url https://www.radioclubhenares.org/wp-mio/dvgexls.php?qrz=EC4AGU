--- v1 (2025-12-19)
+++ v2 (2026-02-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="661">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EC4AGU</t>
   </si>
   <si>
     <t>264 Referencias DVGE - 273 QSO encontrados - 245 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2176 (19-12-2025 08:00)</t>
+    <t>Ranking #2176 (02-02-2026 17:37)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>