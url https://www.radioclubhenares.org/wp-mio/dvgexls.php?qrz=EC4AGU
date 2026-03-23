--- v2 (2026-02-02)
+++ v3 (2026-03-23)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="661">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EC4AGU</t>
   </si>
   <si>
     <t>264 Referencias DVGE - 273 QSO encontrados - 245 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #2176 (02-02-2026 17:37)</t>
+    <t>Ranking #2176 (23-03-2026 08:12)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>