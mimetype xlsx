--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1583">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1585">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EC4JM</t>
   </si>
   <si>
-    <t>811 Referencias DVGE - 893 QSO encontrados - 687 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #1089 (25-10-2025 19:57)</t>
+    <t>812 Referencias DVGE - 894 QSO encontrados - 688 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #1089 (09-02-2026 03:23)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5CMP/P</t>
   </si>
@@ -4731,50 +4731,56 @@
     <t>VGZA-166</t>
   </si>
   <si>
     <t>VGZA-169</t>
   </si>
   <si>
     <t>VGZA-175</t>
   </si>
   <si>
     <t>VGZA-181</t>
   </si>
   <si>
     <t>VGZA-186</t>
   </si>
   <si>
     <t>19/02/2023</t>
   </si>
   <si>
     <t>VGZA-196</t>
   </si>
   <si>
     <t>20/11/2022</t>
   </si>
   <si>
     <t>VGZA-199</t>
+  </si>
+  <si>
+    <t>VGZA-205</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
   </si>
   <si>
     <t>VGZA-210</t>
   </si>
   <si>
     <t>VGZA-213</t>
   </si>
   <si>
     <t>VGZA-216</t>
   </si>
   <si>
     <t>VGZA-218</t>
   </si>
   <si>
     <t>VGZA-222</t>
   </si>
   <si>
     <t>14/12/2014</t>
   </si>
   <si>
     <t>EA1IEN/P</t>
   </si>
   <si>
     <t>VGZA-223</t>
   </si>
@@ -5218,51 +5224,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G899"/>
+  <dimension ref="A1:G900"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -25639,238 +25645,261 @@
     <row r="890" spans="1:7">
       <c r="A890" s="3" t="s">
         <v>1271</v>
       </c>
       <c r="B890" s="4" t="s">
         <v>1572</v>
       </c>
       <c r="C890" s="5">
         <v>49242</v>
       </c>
       <c r="D890" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E890" s="5">
         <v>40</v>
       </c>
       <c r="F890" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G890" s="5" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" s="3" t="s">
-        <v>424</v>
+        <v>1548</v>
       </c>
       <c r="B891" s="4" t="s">
         <v>1573</v>
       </c>
       <c r="C891" s="5">
-        <v>49258</v>
+        <v>49250</v>
       </c>
       <c r="D891" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E891" s="5">
         <v>40</v>
       </c>
       <c r="F891" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G891" s="5" t="s">
-        <v>497</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" s="3" t="s">
-        <v>1271</v>
+        <v>424</v>
       </c>
       <c r="B892" s="4" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="C892" s="5">
-        <v>49264</v>
+        <v>49258</v>
       </c>
       <c r="D892" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E892" s="5">
         <v>40</v>
       </c>
       <c r="F892" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G892" s="5" t="s">
-        <v>233</v>
+        <v>497</v>
       </c>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" s="3" t="s">
-        <v>1548</v>
+        <v>1271</v>
       </c>
       <c r="B893" s="4" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="C893" s="5">
-        <v>49267</v>
+        <v>49264</v>
       </c>
       <c r="D893" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E893" s="5">
         <v>40</v>
       </c>
       <c r="F893" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G893" s="5" t="s">
-        <v>763</v>
+        <v>233</v>
       </c>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" s="3" t="s">
-        <v>1540</v>
+        <v>1548</v>
       </c>
       <c r="B894" s="4" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="C894" s="5">
-        <v>49269</v>
+        <v>49267</v>
       </c>
       <c r="D894" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E894" s="5">
         <v>40</v>
       </c>
       <c r="F894" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G894" s="5" t="s">
-        <v>131</v>
+        <v>763</v>
       </c>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" s="3" t="s">
         <v>1540</v>
       </c>
       <c r="B895" s="4" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="C895" s="5">
-        <v>49275</v>
+        <v>49269</v>
       </c>
       <c r="D895" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E895" s="5">
         <v>40</v>
       </c>
       <c r="F895" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G895" s="5" t="s">
-        <v>1578</v>
+        <v>131</v>
       </c>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" s="3" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B896" s="4" t="s">
         <v>1579</v>
-      </c>
-[...1 lines deleted...]
-        <v>1580</v>
       </c>
       <c r="C896" s="5">
         <v>49275</v>
       </c>
       <c r="D896" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E896" s="5">
         <v>40</v>
       </c>
       <c r="F896" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G896" s="5" t="s">
-        <v>135</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" s="3" t="s">
-        <v>1540</v>
+        <v>1581</v>
       </c>
       <c r="B897" s="4" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="C897" s="5">
         <v>49275</v>
       </c>
       <c r="D897" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E897" s="5">
         <v>40</v>
       </c>
       <c r="F897" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G897" s="5" t="s">
-        <v>840</v>
+        <v>135</v>
       </c>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" s="3" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B898" s="4" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C898" s="5">
+        <v>49275</v>
+      </c>
+      <c r="D898" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E898" s="5">
+        <v>40</v>
+      </c>
+      <c r="F898" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G898" s="5" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="899" spans="1:7">
+      <c r="A899" s="3" t="s">
         <v>1271</v>
       </c>
-      <c r="B898" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C898" s="5">
+      <c r="B899" s="4" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C899" s="5">
         <v>49168</v>
       </c>
-      <c r="D898" s="4" t="s">
-[...8 lines deleted...]
-      <c r="G898" s="5" t="s">
+      <c r="D899" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E899" s="5">
+        <v>40</v>
+      </c>
+      <c r="F899" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G899" s="5" t="s">
         <v>794</v>
       </c>
     </row>
-    <row r="899" spans="1:7">
-[...4 lines deleted...]
-      <c r="G899" s="1"/>
+    <row r="900" spans="1:7">
+      <c r="A900" s="2"/>
+      <c r="C900" s="1"/>
+      <c r="E900" s="1"/>
+      <c r="F900" s="1"/>
+      <c r="G900" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">