--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EC5K</t>
   </si>
   <si>
-    <t>40 Referencias DVGE - 72 QSO encontrados - 31 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #6135 (21-10-2025 05:43)</t>
+    <t>42 Referencias DVGE - 74 QSO encontrados - 33 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #6135 (14-12-2025 06:30)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EC5T</t>
   </si>
@@ -218,132 +218,147 @@
   <si>
     <t>VGV-026</t>
   </si>
   <si>
     <t>14/04/2024</t>
   </si>
   <si>
     <t>VGV-033</t>
   </si>
   <si>
     <t>13/09/2020</t>
   </si>
   <si>
     <t>VGV-047</t>
   </si>
   <si>
     <t>17/01/2021</t>
   </si>
   <si>
     <t>VGV-048</t>
   </si>
   <si>
     <t>VGV-050</t>
   </si>
   <si>
+    <t>05/12/2020</t>
+  </si>
+  <si>
     <t>FT8</t>
   </si>
   <si>
-    <t>05/12/2020</t>
-[...1 lines deleted...]
-  <si>
     <t>VGV-052</t>
   </si>
   <si>
     <t>15/01/2023</t>
   </si>
   <si>
     <t>EA5Q</t>
   </si>
   <si>
     <t>VGV-064</t>
   </si>
   <si>
     <t>08/06/2024</t>
   </si>
   <si>
+    <t>EA5URY/P</t>
+  </si>
+  <si>
+    <t>VGV-074</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
     <t>EA5URT</t>
   </si>
   <si>
     <t>VGV-086</t>
   </si>
   <si>
     <t>13/06/2020</t>
   </si>
   <si>
     <t>VGV-088</t>
   </si>
   <si>
     <t>28/08/2021</t>
   </si>
   <si>
     <t>VGV-096</t>
   </si>
   <si>
     <t>14/03/2021</t>
   </si>
   <si>
     <t>VGV-109</t>
   </si>
   <si>
     <t>25/05/2024</t>
   </si>
   <si>
     <t>VGV-115</t>
   </si>
   <si>
     <t>18/10/2020</t>
   </si>
   <si>
     <t>VGV-125</t>
   </si>
   <si>
+    <t>EB5URT</t>
+  </si>
+  <si>
+    <t>VGV-151</t>
+  </si>
+  <si>
+    <t>09/11/2025</t>
+  </si>
+  <si>
     <t>VGV-165</t>
   </si>
   <si>
     <t>03/12/2023</t>
   </si>
   <si>
     <t>VGV-173</t>
   </si>
   <si>
     <t>02/02/2020</t>
   </si>
   <si>
     <t>VGV-174</t>
   </si>
   <si>
     <t>27/09/2020</t>
   </si>
   <si>
     <t>VGV-179</t>
   </si>
   <si>
     <t>27/12/2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>EB5URT</t>
   </si>
   <si>
     <t>VGV-204</t>
   </si>
   <si>
     <t>VGV-215</t>
   </si>
   <si>
     <t>24/04/2023</t>
   </si>
   <si>
     <t>VGV-227</t>
   </si>
   <si>
     <t>27/06/2020</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>EC2AMN</t>
   </si>
   <si>
     <t>VGZA-160</t>
   </si>
@@ -784,51 +799,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G78"/>
+  <dimension ref="A1:G80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1003,74 +1018,74 @@
       </c>
       <c r="F11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="5">
         <v>16202</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="5">
         <v>40</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="5">
         <v>16202</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="5">
         <v>40</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="5">
         <v>16211</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="5">
         <v>20</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G14" s="5" t="s">
@@ -1141,97 +1156,97 @@
       </c>
       <c r="F17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="5">
         <v>44127</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="5">
         <v>40</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="5">
         <v>44127</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="5">
         <v>44127</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="5">
         <v>44127</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="5">
         <v>40</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="5" t="s">
@@ -1302,120 +1317,120 @@
       </c>
       <c r="F24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C25" s="5">
         <v>44249</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="5">
         <v>40</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G25" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C26" s="5">
         <v>44249</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="5">
         <v>40</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="5">
         <v>45181</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="5">
         <v>40</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C28" s="5">
         <v>45181</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="5">
         <v>40</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="5">
         <v>46002</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="5">
         <v>40</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="5" t="s">
@@ -1578,74 +1593,74 @@
       </c>
       <c r="F36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="5">
         <v>46044</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="5">
         <v>40</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="5">
         <v>46044</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="5">
         <v>40</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>64</v>
       </c>
       <c r="C39" s="5">
         <v>46076</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="5">
         <v>40</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G39" s="5" t="s">
@@ -1670,890 +1685,936 @@
       </c>
       <c r="F40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="5">
         <v>46077</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="5">
         <v>40</v>
       </c>
       <c r="F41" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" s="5" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C42" s="5">
         <v>46077</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="5">
         <v>40</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>67</v>
       </c>
       <c r="C43" s="5">
         <v>46077</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="5">
         <v>40</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G43" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>70</v>
       </c>
       <c r="C44" s="5">
         <v>46080</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="5">
         <v>40</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C45" s="5">
         <v>46106</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="5">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C46" s="5">
         <v>46106</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="5">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>76</v>
       </c>
       <c r="C47" s="5">
-        <v>46099</v>
+        <v>46111</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C48" s="5">
         <v>46099</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G48" s="5" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C49" s="5">
         <v>46099</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="5">
         <v>40</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G49" s="5" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C50" s="5">
         <v>46099</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G50" s="5" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="3" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C51" s="5">
         <v>46099</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C52" s="5">
         <v>46099</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G52" s="5" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C53" s="5">
         <v>46099</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="5">
         <v>80</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G53" s="5" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C54" s="5">
         <v>46099</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G54" s="5" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C55" s="5">
-        <v>46118</v>
+        <v>46099</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G55" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C56" s="5">
         <v>46118</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C57" s="5">
         <v>46118</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="5">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G57" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C58" s="5">
         <v>46118</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="5">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C59" s="5">
-        <v>46133</v>
+        <v>46118</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="5">
         <v>40</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G59" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C60" s="5">
         <v>46133</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="5">
         <v>40</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="5" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C61" s="5">
-        <v>46147</v>
+        <v>46133</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="5">
         <v>40</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G61" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C62" s="5">
-        <v>46167</v>
+        <v>46147</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="5">
         <v>40</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C63" s="5">
         <v>46167</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="5">
         <v>40</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C64" s="5">
-        <v>46213</v>
+        <v>46167</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="5">
         <v>40</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="3" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C65" s="5">
-        <v>46213</v>
+        <v>46202</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="5">
         <v>40</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C66" s="5">
         <v>46213</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="5">
         <v>40</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C67" s="5">
         <v>46213</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="5">
         <v>40</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G67" s="5" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C68" s="5">
-        <v>46214</v>
+        <v>46213</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="5">
         <v>40</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C69" s="5">
-        <v>46214</v>
+        <v>46213</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="5">
         <v>40</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G69" s="5" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="3" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C70" s="5">
-        <v>46244</v>
+        <v>46214</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="5">
         <v>40</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C71" s="5">
-        <v>46249</v>
+        <v>46214</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="5">
         <v>40</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G71" s="5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="3" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C72" s="5">
-        <v>46249</v>
+        <v>46244</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="5">
         <v>40</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="3" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C73" s="5">
-        <v>46256</v>
+        <v>46249</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="5">
         <v>40</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G73" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="3" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C74" s="5">
-        <v>46256</v>
+        <v>46249</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G74" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C75" s="5">
         <v>46256</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="5">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="G75" s="5" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C76" s="5">
         <v>46256</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G76" s="5" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="3" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C77" s="5">
+        <v>46256</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="5">
+        <v>2</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B78" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C78" s="5">
+        <v>46256</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="5">
+        <v>40</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7">
+      <c r="A79" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B79" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="C79" s="5">
         <v>49180</v>
       </c>
-      <c r="D77" s="4" t="s">
-[...17 lines deleted...]
-      <c r="G78" s="1"/>
+      <c r="D79" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="5">
+        <v>40</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7">
+      <c r="A80" s="2"/>
+      <c r="C80" s="1"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">