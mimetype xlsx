--- v1 (2025-12-14)
+++ v2 (2025-12-14)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EC5K</t>
   </si>
   <si>
     <t>42 Referencias DVGE - 74 QSO encontrados - 33 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #6135 (14-12-2025 06:30)</t>
+    <t>Ranking #6135 (14-12-2025 08:59)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EC5T</t>
   </si>