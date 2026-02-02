--- v2 (2025-12-14)
+++ v3 (2026-02-02)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EC5K</t>
   </si>
   <si>
     <t>42 Referencias DVGE - 74 QSO encontrados - 33 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #6135 (14-12-2025 08:59)</t>
+    <t>Ranking #6135 (02-02-2026 13:27)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EC5T</t>
   </si>