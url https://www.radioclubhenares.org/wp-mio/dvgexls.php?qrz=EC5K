--- v3 (2026-02-02)
+++ v4 (2026-03-20)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EC5K</t>
   </si>
   <si>
     <t>42 Referencias DVGE - 74 QSO encontrados - 33 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #6135 (02-02-2026 13:27)</t>
+    <t>Ranking #6135 (20-03-2026 12:29)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EC5T</t>
   </si>