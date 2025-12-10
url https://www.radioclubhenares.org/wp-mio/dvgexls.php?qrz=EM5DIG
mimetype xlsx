--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EM5DIG</t>
   </si>
   <si>
     <t>1 Referencias DVGE - 1 QSO encontrados - 1 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #67000 (25-10-2025 18:52)</t>
+    <t>Ranking #67000 (10-12-2025 06:24)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA8RY/P</t>
   </si>