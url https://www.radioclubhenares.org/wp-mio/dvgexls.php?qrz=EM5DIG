--- v1 (2025-12-10)
+++ v2 (2026-02-11)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de EM5DIG</t>
   </si>
   <si>
     <t>1 Referencias DVGE - 1 QSO encontrados - 1 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #67000 (10-12-2025 06:24)</t>
+    <t>Ranking #66999 (11-02-2026 01:02)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA8RY/P</t>
   </si>