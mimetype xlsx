--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de HB9CYV</t>
   </si>
   <si>
     <t>29 Referencias DVGE - 30 QSO encontrados - 28 Referencias DME</t>
   </si>
   <si>
-    <t>Ranking #6341 (02-11-2025 04:00)</t>
+    <t>Ranking #6341 (18-12-2025 20:40)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW</t>
   </si>