--- v1 (2025-12-18)
+++ v2 (2026-02-09)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de HB9CYV</t>
   </si>
   <si>
-    <t>29 Referencias DVGE - 30 QSO encontrados - 28 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #6341 (18-12-2025 20:40)</t>
+    <t>30 Referencias DVGE - 31 QSO encontrados - 29 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #6341 (09-02-2026 04:48)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW</t>
   </si>
@@ -120,50 +120,62 @@
     <t>VGA-111</t>
   </si>
   <si>
     <t>03129</t>
   </si>
   <si>
     <t>HB9CYV/P</t>
   </si>
   <si>
     <t>25/07/2020</t>
   </si>
   <si>
     <t>EA7GV</t>
   </si>
   <si>
     <t>VGAL-115</t>
   </si>
   <si>
     <t>04061</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>18/01/2022</t>
+  </si>
+  <si>
+    <t>EE15SOTA</t>
+  </si>
+  <si>
+    <t>VGB-033</t>
+  </si>
+  <si>
+    <t>08043</t>
+  </si>
+  <si>
+    <t>06/12/2025</t>
   </si>
   <si>
     <t>VGCO-211</t>
   </si>
   <si>
     <t>24/12/2019</t>
   </si>
   <si>
     <t>EG5CI</t>
   </si>
   <si>
     <t>VGCS-157</t>
   </si>
   <si>
     <t>07/04/2011</t>
   </si>
   <si>
     <t>EA8/DL2DXA/P</t>
   </si>
   <si>
     <t>VGGC-015</t>
   </si>
   <si>
     <t>20/11/2021</t>
   </si>
@@ -772,51 +784,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G36"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -976,606 +988,629 @@
     <row r="11" spans="1:7">
       <c r="A11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="5">
         <v>20</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="3" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>14055</v>
+        <v>37</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>38</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="5">
         <v>20</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C13" s="5">
-        <v>12040</v>
+        <v>14055</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="5">
         <v>20</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C14" s="5">
-        <v>35005</v>
+        <v>12040</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E14" s="5">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C15" s="5">
-        <v>35016</v>
+        <v>35005</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="E15" s="5">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C16" s="5">
-        <v>17102</v>
+        <v>35016</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="E16" s="5">
         <v>20</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="3" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C17" s="5">
-        <v>18068</v>
+        <v>17102</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="5">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="G17" s="5" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="3" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C18" s="5">
         <v>18068</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E18" s="5">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G18" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="3" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="5">
-        <v>18105</v>
+        <v>18068</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="E19" s="5">
         <v>20</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C20" s="5">
-        <v>18137</v>
+        <v>18105</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="E20" s="5">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G20" s="5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="3" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" s="5">
-        <v>22252</v>
+        <v>18137</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="5">
         <v>30</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G21" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="C22" s="5" t="s">
         <v>62</v>
       </c>
+      <c r="C22" s="5">
+        <v>22252</v>
+      </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="5">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="C24" s="5">
-        <v>25082</v>
+      <c r="C24" s="5" t="s">
+        <v>70</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="5">
         <v>20</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G24" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="5">
-        <v>28159</v>
+        <v>25082</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="5">
         <v>20</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="G25" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" s="5">
-        <v>30015</v>
+        <v>28159</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="5">
         <v>20</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" s="5">
         <v>30015</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="5">
         <v>20</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G27" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="3" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C28" s="5">
-        <v>30029</v>
+        <v>30015</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G28" s="5" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="3" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="5">
-        <v>37185</v>
+        <v>30029</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="G29" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" s="5">
-        <v>42128</v>
+        <v>37185</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E30" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="3" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C31" s="5">
-        <v>38003</v>
+        <v>42128</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="E31" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G31" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="3" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" s="5">
-        <v>38036</v>
+        <v>38003</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E32" s="5">
         <v>20</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="3" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B33" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="5">
+        <v>38036</v>
+      </c>
+      <c r="D33" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="C33" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="5">
         <v>20</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G33" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="3" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C34" s="5">
-        <v>38050</v>
+        <v>38049</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E34" s="5">
         <v>20</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>34</v>
       </c>
       <c r="G34" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="3" t="s">
-        <v>97</v>
+        <v>45</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="C35" s="5" t="s">
         <v>99</v>
       </c>
+      <c r="C35" s="5">
+        <v>38050</v>
+      </c>
       <c r="D35" s="4" t="s">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="E35" s="5">
         <v>20</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:7">
-      <c r="A36" s="2"/>
-[...3 lines deleted...]
-      <c r="G36" s="1"/>
+      <c r="A36" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E36" s="5">
+        <v>20</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="2"/>
+      <c r="C37" s="1"/>
+      <c r="E37" s="1"/>
+      <c r="F37" s="1"/>
+      <c r="G37" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">