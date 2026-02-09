--- v0 (2025-10-25)
+++ v1 (2026-02-09)
@@ -12,62 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="LOGs DVGE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>DIPLOMA VÉRTICES GEODÉSICOS DE ESPAÑA - DVGE</t>
   </si>
   <si>
     <t>Logs DVGE de IW3AGO</t>
   </si>
   <si>
-    <t>40 Referencias DVGE - 42 QSO encontrados - 39 Referencias DME</t>
-[...2 lines deleted...]
-    <t>Ranking #5372 (25-10-2025 20:24)</t>
+    <t>41 Referencias DVGE - 43 QSO encontrados - 40 Referencias DME</t>
+  </si>
+  <si>
+    <t>Ranking #5372 (09-02-2026 21:06)</t>
   </si>
   <si>
     <t>ACTIVIDAD</t>
   </si>
   <si>
     <t>REFERENCIA</t>
   </si>
   <si>
     <t>DME</t>
   </si>
   <si>
     <t>INDICATIVO</t>
   </si>
   <si>
     <t>BANDA</t>
   </si>
   <si>
     <t>MODO</t>
   </si>
   <si>
     <t>FECHA</t>
   </si>
   <si>
     <t>EA5ITW/P</t>
   </si>
@@ -200,50 +200,59 @@
   <si>
     <t>17/04/2016</t>
   </si>
   <si>
     <t>EA3HSD</t>
   </si>
   <si>
     <t>VGGI-013</t>
   </si>
   <si>
     <t>02/07/2016</t>
   </si>
   <si>
     <t>VGGI-018</t>
   </si>
   <si>
     <t>03/07/2020</t>
   </si>
   <si>
     <t>VGGI-113</t>
   </si>
   <si>
     <t>11/12/2023</t>
   </si>
   <si>
+    <t>EA7KHJ/P</t>
+  </si>
+  <si>
+    <t>VGGR-045</t>
+  </si>
+  <si>
+    <t>30/11/2025</t>
+  </si>
+  <si>
     <t>EA6KB</t>
   </si>
   <si>
     <t>VGIB-006</t>
   </si>
   <si>
     <t>07003</t>
   </si>
   <si>
     <t>06/01/2018</t>
   </si>
   <si>
     <t>EA6AIF</t>
   </si>
   <si>
     <t>VGIB-025</t>
   </si>
   <si>
     <t>07007</t>
   </si>
   <si>
     <t>16/10/2016</t>
   </si>
   <si>
     <t>EA6LU</t>
@@ -284,54 +293,54 @@
   <si>
     <t>04/03/2021</t>
   </si>
   <si>
     <t>VGIB-161</t>
   </si>
   <si>
     <t>03/04/2016</t>
   </si>
   <si>
     <t>VGIB-191</t>
   </si>
   <si>
     <t>07053</t>
   </si>
   <si>
     <t>05/01/2019</t>
   </si>
   <si>
     <t>VGIB-214</t>
   </si>
   <si>
     <t>07062</t>
   </si>
   <si>
+    <t>16/02/2021</t>
+  </si>
+  <si>
     <t>02/09/2017</t>
-  </si>
-[...1 lines deleted...]
-    <t>16/02/2021</t>
   </si>
   <si>
     <t>EA5ER/P</t>
   </si>
   <si>
     <t>VGJ-212</t>
   </si>
   <si>
     <t>08/12/2024</t>
   </si>
   <si>
     <t>EA3TO/P</t>
   </si>
   <si>
     <t>VGL-100</t>
   </si>
   <si>
     <t>12/03/2018</t>
   </si>
   <si>
     <t>EA4DOS/P</t>
   </si>
   <si>
     <t>VGM-021</t>
   </si>
@@ -850,51 +859,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G48"/>
+  <dimension ref="A1:G49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="7" t="s">
         <v>1</v>
@@ -1312,624 +1321,647 @@
         <v>60</v>
       </c>
       <c r="C22" s="5">
         <v>17201</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="5">
         <v>20</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="C23" s="5" t="s">
+      <c r="C23" s="5">
+        <v>18022</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="5">
+        <v>20</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" s="5" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B24" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="B24" s="4" t="s">
+      <c r="C24" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="C24" s="5" t="s">
+      <c r="D24" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="5">
+        <v>40</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" s="5" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="B25" s="4" t="s">
+      <c r="C25" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="C25" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E25" s="5">
         <v>20</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G25" s="5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="3" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>78</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="5">
         <v>40</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="3" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>80</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="5">
         <v>40</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>83</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="5">
         <v>40</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G29" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="3" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="5">
         <v>40</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>88</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="3" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="5">
         <v>80</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G33" s="5" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C34" s="5" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>23904</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="5">
         <v>40</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>96</v>
       </c>
       <c r="C35" s="5">
-        <v>25079</v>
+        <v>23904</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="5">
         <v>40</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>99</v>
       </c>
       <c r="C36" s="5">
-        <v>28016</v>
+        <v>25079</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="5">
         <v>40</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C37" s="5">
-        <v>28037</v>
+        <v>28016</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="5">
         <v>40</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G37" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="3" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C38" s="5">
-        <v>28038</v>
+        <v>28037</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="5">
         <v>40</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G38" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="3" t="s">
-        <v>98</v>
+        <v>21</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C39" s="5">
-        <v>28046</v>
+        <v>28038</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="5">
         <v>40</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G39" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C40" s="5">
-        <v>28045</v>
+        <v>28046</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="5">
         <v>40</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G40" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="3" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C41" s="5">
-        <v>28120</v>
+        <v>28045</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="5">
         <v>40</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G41" s="5" t="s">
-        <v>82</v>
+        <v>111</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="3" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C42" s="5">
-        <v>30015</v>
+        <v>28120</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="5">
         <v>40</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>112</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>114</v>
       </c>
       <c r="C43" s="5">
-        <v>30022</v>
+        <v>30015</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="5">
         <v>40</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G43" s="5" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>117</v>
       </c>
       <c r="C44" s="5">
-        <v>31255</v>
+        <v>30022</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E44" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="3" t="s">
-        <v>36</v>
+        <v>119</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C45" s="5">
-        <v>34135</v>
+        <v>31255</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E45" s="5">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G45" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="3" t="s">
-        <v>121</v>
+        <v>36</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>122</v>
       </c>
       <c r="C46" s="5">
-        <v>46099</v>
+        <v>34135</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="5">
         <v>40</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="3" t="s">
-        <v>36</v>
+        <v>124</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="C47" s="5" t="s">
         <v>125</v>
       </c>
+      <c r="C47" s="5">
+        <v>46099</v>
+      </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="5">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="48" spans="1:7">
-      <c r="A48" s="2"/>
-[...3 lines deleted...]
-      <c r="G48" s="1"/>
+      <c r="A48" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="5">
+        <v>20</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="2"/>
+      <c r="C49" s="1"/>
+      <c r="E49" s="1"/>
+      <c r="F49" s="1"/>
+      <c r="G49" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A4:G4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">